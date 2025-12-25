--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -16,2795 +16,2846 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Worksheet'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="915">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="932">
   <si>
     <t>delicando LOGO</t>
   </si>
   <si>
-    <t>Download: 10.11.2025 00:42</t>
+    <t>Download: 25.12.2025 22:56</t>
   </si>
   <si>
     <t>Art-Nr./Prod-No.</t>
   </si>
   <si>
     <t>Artikelbezeichung/Product</t>
   </si>
   <si>
     <t>Lager/Stock</t>
   </si>
   <si>
     <t>Preis/Price EUR</t>
   </si>
   <si>
     <t>Dummy</t>
   </si>
   <si>
     <t>2200001</t>
   </si>
   <si>
     <t>Almdudler 0,35l</t>
   </si>
   <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>1,22</t>
+  </si>
+  <si>
+    <t>220002</t>
+  </si>
+  <si>
+    <t>Almdudler 12x1l</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>29,64</t>
+  </si>
+  <si>
+    <t>2200021</t>
+  </si>
+  <si>
+    <t>Almdudler 1l</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>2,47</t>
+  </si>
+  <si>
+    <t>220000</t>
+  </si>
+  <si>
+    <t>Almdudler 24x0,35l</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>29,28</t>
+  </si>
+  <si>
+    <t>220187</t>
+  </si>
+  <si>
+    <t>Aqua Monaco Organic Tonic Water 20x0,23l</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>45,81</t>
+  </si>
+  <si>
+    <t>110104</t>
+  </si>
+  <si>
+    <t>Augustiner Edelstoff 5,6% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>30,00</t>
+  </si>
+  <si>
+    <t>1101031</t>
+  </si>
+  <si>
+    <t>Augustiner Lagerbier hell 5,2% Vol. 0,5l</t>
+  </si>
+  <si>
     <t>15</t>
   </si>
   <si>
-    <t>1,22</t>
-[...5 lines deleted...]
-    <t>Almdudler 12x1l</t>
+    <t>1,42</t>
+  </si>
+  <si>
+    <t>110103</t>
+  </si>
+  <si>
+    <t>Augustiner Lagerbier hell 5,2% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>28,40</t>
+  </si>
+  <si>
+    <t>1102221-S</t>
+  </si>
+  <si>
+    <t>Augustinerbräu Oktoberfest Bier 6,3% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>1,54</t>
+  </si>
+  <si>
+    <t>1102611</t>
+  </si>
+  <si>
+    <t>Birra Moretti L'Autentica Premium Lager 4,6% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>1,75</t>
+  </si>
+  <si>
+    <t>110261</t>
+  </si>
+  <si>
+    <t>Birra Moretti L'Autentica Premium Lager 4,6% Vol. 24x0,33l</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>41,90</t>
+  </si>
+  <si>
+    <t>1103241</t>
+  </si>
+  <si>
+    <t>Bud American Lager Beer 5% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>1,64</t>
+  </si>
+  <si>
+    <t>919520</t>
+  </si>
+  <si>
+    <t>CO2-bottle 10 kg</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>89,90</t>
+  </si>
+  <si>
+    <t>919522-S</t>
+  </si>
+  <si>
+    <t>CO2-bottle 2 kg</t>
+  </si>
+  <si>
+    <t>65,90</t>
+  </si>
+  <si>
+    <t>919017</t>
+  </si>
+  <si>
+    <t>Casali Original Rum Kokos 100 g</t>
+  </si>
+  <si>
+    <t>3,90</t>
+  </si>
+  <si>
+    <t>220028</t>
+  </si>
+  <si>
+    <t>Coca Cola 12x1l</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>23,64</t>
+  </si>
+  <si>
+    <t>220020</t>
+  </si>
+  <si>
+    <t>Coca Cola 24x0,33l</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>26,88</t>
+  </si>
+  <si>
+    <t>2200401</t>
+  </si>
+  <si>
+    <t>Coca Cola Zero 0,33l</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>1,12</t>
+  </si>
+  <si>
+    <t>220040</t>
+  </si>
+  <si>
+    <t>Coca Cola Zero 24x0,33l</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>2200301</t>
+  </si>
+  <si>
+    <t>Coca Cola light 0,33l</t>
+  </si>
+  <si>
+    <t>220030</t>
+  </si>
+  <si>
+    <t>Coca Cola light 24x0,33l</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>1102971</t>
+  </si>
+  <si>
+    <t>Corona Cero 0.0% 0,355l</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>110297</t>
+  </si>
+  <si>
+    <t>Corona Cero 0.0% 4x6x0,355l</t>
+  </si>
+  <si>
+    <t>1100501</t>
+  </si>
+  <si>
+    <t>Corona Extra 4,5% Vol. 0,355l</t>
+  </si>
+  <si>
+    <t>1,19</t>
+  </si>
+  <si>
+    <t>918031</t>
+  </si>
+  <si>
+    <t>Damasttischtuch weiß 10x1 m</t>
+  </si>
+  <si>
+    <t>1100611</t>
+  </si>
+  <si>
+    <t>Desperados 5,9% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1,41</t>
+  </si>
+  <si>
+    <t>1100741</t>
+  </si>
+  <si>
+    <t>Edelweiss Hofbräu Weizenbier 4,5% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>1,49</t>
+  </si>
+  <si>
+    <t>110074</t>
+  </si>
+  <si>
+    <t>Edelweiss Hofbräu Weizenbier 4,5% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>29,80</t>
+  </si>
+  <si>
+    <t>1100701</t>
+  </si>
+  <si>
+    <t>Edelweiss alkoholfrei 0,5l</t>
+  </si>
+  <si>
+    <t>110070</t>
+  </si>
+  <si>
+    <t>Edelweiss alkoholfrei 20x0,5l</t>
+  </si>
+  <si>
+    <t>28,20</t>
+  </si>
+  <si>
+    <t>1101981</t>
+  </si>
+  <si>
+    <t>Erdinger Lagerbier hell 5,1% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,51</t>
+  </si>
+  <si>
+    <t>110198</t>
+  </si>
+  <si>
+    <t>Erdinger Lagerbier hell 5,1% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>30,20</t>
+  </si>
+  <si>
+    <t>1100911</t>
+  </si>
+  <si>
+    <t>Erdinger Urweisse 4,9% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110091</t>
+  </si>
+  <si>
+    <t>Erdinger Urweisse 4,9% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>32,80</t>
+  </si>
+  <si>
+    <t>1100931</t>
+  </si>
+  <si>
+    <t>Erdinger Weissbier Hefe hell 5,3% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110093</t>
+  </si>
+  <si>
+    <t>Erdinger Weissbier Hefe hell 5,3% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>1100921</t>
+  </si>
+  <si>
+    <t>Erdinger Weissbier alkoholfrei 0,5l</t>
+  </si>
+  <si>
+    <t>1,44</t>
+  </si>
+  <si>
+    <t>110092</t>
+  </si>
+  <si>
+    <t>Erdinger Weissbier alkoholfrei 20x0,5l</t>
+  </si>
+  <si>
+    <t>28,80</t>
+  </si>
+  <si>
+    <t>1102081</t>
+  </si>
+  <si>
+    <t>Estrella Galicia Cerveza Especial 5,5% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>210133</t>
+  </si>
+  <si>
+    <t>Franz Josef Rauch Orangennektar 12x1l</t>
+  </si>
+  <si>
+    <t>41,40</t>
+  </si>
+  <si>
+    <t>2101331</t>
+  </si>
+  <si>
+    <t>Franz Josef Rauch Orangennektar 1l</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>3,45</t>
+  </si>
+  <si>
+    <t>110100</t>
+  </si>
+  <si>
+    <t>Franziskaner Weißbier Hefe dunkel 5% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>29,90</t>
+  </si>
+  <si>
+    <t>110101</t>
+  </si>
+  <si>
+    <t>Franziskaner Weißbier Hefe naturtrüb 5% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>26,70</t>
+  </si>
+  <si>
+    <t>110106</t>
+  </si>
+  <si>
+    <t>Franziskaner Weißbier alkoholfrei 20x0,5l</t>
+  </si>
+  <si>
+    <t>22,60</t>
+  </si>
+  <si>
+    <t>2200811</t>
+  </si>
+  <si>
+    <t>Frucade Orange 0,35l</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>0,83</t>
+  </si>
+  <si>
+    <t>220083</t>
+  </si>
+  <si>
+    <t>Frucade Orange 12x1l</t>
+  </si>
+  <si>
+    <t>21,48</t>
+  </si>
+  <si>
+    <t>2200831</t>
+  </si>
+  <si>
+    <t>Frucade Orange 1l</t>
+  </si>
+  <si>
+    <t>1,79</t>
+  </si>
+  <si>
+    <t>220081</t>
+  </si>
+  <si>
+    <t>Frucade Orange 24x0,35l</t>
+  </si>
+  <si>
+    <t>19,90</t>
+  </si>
+  <si>
+    <t>230002</t>
+  </si>
+  <si>
+    <t>Gasteiner prickelnd 12x1l</t>
+  </si>
+  <si>
+    <t>15,60</t>
+  </si>
+  <si>
+    <t>2300021</t>
+  </si>
+  <si>
+    <t>Gasteiner prickelnd 1l</t>
+  </si>
+  <si>
+    <t>1,30</t>
+  </si>
+  <si>
+    <t>1101861</t>
+  </si>
+  <si>
+    <t>Guinness Extra Stout 5% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>2,17</t>
+  </si>
+  <si>
+    <t>110186</t>
+  </si>
+  <si>
+    <t>Guinness Extra Stout 5% Vol. 6x4x0,33l</t>
+  </si>
+  <si>
+    <t>52,08</t>
+  </si>
+  <si>
+    <t>1102251</t>
+  </si>
+  <si>
+    <t>Gösser Biostoff Lager 4,8% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>0,99</t>
+  </si>
+  <si>
+    <t>110225</t>
+  </si>
+  <si>
+    <t>Gösser Biostoff Lager 4,8% Vol. 12x0,33l</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>11,90</t>
+  </si>
+  <si>
+    <t>110110-S</t>
+  </si>
+  <si>
+    <t>Gösser Bock 3x6er Pinolenkiste 7,1% Vol. 3x6x0,5l</t>
+  </si>
+  <si>
+    <t>32,40</t>
+  </si>
+  <si>
+    <t>1101101</t>
+  </si>
+  <si>
+    <t>Gösser Bock 7,1% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,80</t>
+  </si>
+  <si>
+    <t>100001</t>
+  </si>
+  <si>
+    <t>Gösser Gold 5,3% Vol. 30l</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>109,90</t>
+  </si>
+  <si>
+    <t>110266</t>
+  </si>
+  <si>
+    <t>Gösser Helles 3x6er Pinolen-Kiste 4,4% Vol. 18x0,5l</t>
+  </si>
+  <si>
+    <t>29,20</t>
+  </si>
+  <si>
+    <t>1102661</t>
+  </si>
+  <si>
+    <t>Gösser Helles 4,4% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,62</t>
+  </si>
+  <si>
+    <t>1102261</t>
+  </si>
+  <si>
+    <t>Gösser Märzen 5,2% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1101121</t>
+  </si>
+  <si>
+    <t>Gösser Märzen 5,2% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,09</t>
+  </si>
+  <si>
+    <t>110112</t>
+  </si>
+  <si>
+    <t>Gösser Märzen 5,2% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>1870</t>
+  </si>
+  <si>
+    <t>19,80</t>
+  </si>
+  <si>
+    <t>1101141</t>
+  </si>
+  <si>
+    <t>Gösser Natur Gold alkoholfrei 0,33l</t>
+  </si>
+  <si>
+    <t>1101151</t>
+  </si>
+  <si>
+    <t>Gösser Natur Gold alkoholfrei 0,5l</t>
+  </si>
+  <si>
+    <t>110114</t>
+  </si>
+  <si>
+    <t>Gösser Natur Gold alkoholfrei 12x0,33l</t>
+  </si>
+  <si>
+    <t>16,90</t>
+  </si>
+  <si>
+    <t>110115</t>
+  </si>
+  <si>
+    <t>Gösser Natur Gold alkoholfrei 20x0,5l</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>1101721</t>
+  </si>
+  <si>
+    <t>Gösser Natur Radler 0,0% alkoholfrei 0,33l</t>
+  </si>
+  <si>
+    <t>1,46</t>
+  </si>
+  <si>
+    <t>110172</t>
+  </si>
+  <si>
+    <t>Gösser Natur Radler 0,0% alkoholfrei 12x0,33l</t>
+  </si>
+  <si>
+    <t>17,50</t>
+  </si>
+  <si>
+    <t>1101741</t>
+  </si>
+  <si>
+    <t>Gösser Natur Radler Zitrone 2% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>110174</t>
+  </si>
+  <si>
+    <t>Gösser Natur Radler Zitrone 2% Vol. 12x0,33l</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>18,12</t>
+  </si>
+  <si>
+    <t>110176</t>
+  </si>
+  <si>
+    <t>Gösser Stifts Zwickl Hell 4x4er Pinolenkiste 5,2% Vol. 16x0,5l</t>
+  </si>
+  <si>
+    <t>34,90</t>
+  </si>
+  <si>
+    <t>1101761</t>
+  </si>
+  <si>
+    <t>Gösser Stifts Zwickl Hell 5,2% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>2,18</t>
+  </si>
+  <si>
+    <t>1101891</t>
+  </si>
+  <si>
+    <t>Gösser Stiftsbräu 4,5% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,77</t>
+  </si>
+  <si>
+    <t>110189</t>
+  </si>
+  <si>
+    <t>Gösser Stiftsbräu Pinolenkiste 4,5% Vol. 3x6x0,5l</t>
+  </si>
+  <si>
+    <t>31,86</t>
+  </si>
+  <si>
+    <t>1101461</t>
+  </si>
+  <si>
+    <t>Hacker-Pschorr Münchner Hell Bügelflasche 5% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>1,95</t>
+  </si>
+  <si>
+    <t>110146</t>
+  </si>
+  <si>
+    <t>Hacker-Pschorr Münchner Hell Bügelflasche 5% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>39,00</t>
+  </si>
+  <si>
+    <t>210031</t>
+  </si>
+  <si>
+    <t>Happy Day Ananassaft 100% 12x1l</t>
+  </si>
+  <si>
+    <t>40,80</t>
+  </si>
+  <si>
+    <t>2100311</t>
+  </si>
+  <si>
+    <t>Happy Day Ananassaft 100% 1l</t>
+  </si>
+  <si>
+    <t>3,40</t>
+  </si>
+  <si>
+    <t>210033</t>
+  </si>
+  <si>
+    <t>Happy Day Cranberry 12x1l</t>
+  </si>
+  <si>
+    <t>43,68</t>
+  </si>
+  <si>
+    <t>2100331</t>
+  </si>
+  <si>
+    <t>Happy Day Cranberry 1l</t>
+  </si>
+  <si>
+    <t>3,64</t>
+  </si>
+  <si>
+    <t>210034</t>
+  </si>
+  <si>
+    <t>Happy Day Erdbeer 12x1l</t>
+  </si>
+  <si>
+    <t>38,40</t>
+  </si>
+  <si>
+    <t>2100341</t>
+  </si>
+  <si>
+    <t>Happy Day Erdbeer 1l</t>
+  </si>
+  <si>
+    <t>3,20</t>
+  </si>
+  <si>
+    <t>210035</t>
+  </si>
+  <si>
+    <t>Happy Day Mango 12x1l</t>
+  </si>
+  <si>
+    <t>40,92</t>
+  </si>
+  <si>
+    <t>2100351</t>
+  </si>
+  <si>
+    <t>Happy Day Mango 1l</t>
+  </si>
+  <si>
+    <t>3,41</t>
+  </si>
+  <si>
+    <t>210036</t>
+  </si>
+  <si>
+    <t>Happy Day Maracuja 12x1l</t>
+  </si>
+  <si>
+    <t>2100361</t>
+  </si>
+  <si>
+    <t>Happy Day Maracuja 1l</t>
+  </si>
+  <si>
+    <t>210037</t>
+  </si>
+  <si>
+    <t>Happy Day Multivitamin 100% 12x1l</t>
+  </si>
+  <si>
+    <t>34,56</t>
+  </si>
+  <si>
+    <t>2100371</t>
+  </si>
+  <si>
+    <t>Happy Day Multivitamin 100% 1l</t>
+  </si>
+  <si>
+    <t>2,88</t>
+  </si>
+  <si>
+    <t>210039</t>
+  </si>
+  <si>
+    <t>Happy Day Orangensaft 100% 12x1l</t>
+  </si>
+  <si>
+    <t>52,44</t>
+  </si>
+  <si>
+    <t>2100391</t>
+  </si>
+  <si>
+    <t>Happy Day Orangensaft 100% 1l</t>
+  </si>
+  <si>
+    <t>4,37</t>
+  </si>
+  <si>
+    <t>1101401</t>
+  </si>
+  <si>
+    <t>Heineken Lager 5% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1,14</t>
+  </si>
+  <si>
+    <t>110223-S</t>
+  </si>
+  <si>
+    <t>Heineken Premium Lager Fass 5% Vol. 20l</t>
+  </si>
+  <si>
+    <t>77,90</t>
+  </si>
+  <si>
+    <t>1101501</t>
+  </si>
+  <si>
+    <t>Hirter 1270 Twist Off 4,9% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1,53</t>
+  </si>
+  <si>
+    <t>1101531</t>
+  </si>
+  <si>
+    <t>Hirter Bio-Hanfbier 4,8% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,71</t>
+  </si>
+  <si>
+    <t>110299-S</t>
+  </si>
+  <si>
+    <t>Hirter Bio-Hanfbier Pinolenkiste 3x6 4,8% Vol. 18x0,5l</t>
+  </si>
+  <si>
+    <t>30,78</t>
+  </si>
+  <si>
+    <t>1101551</t>
+  </si>
+  <si>
+    <t>Hirter Morchl 5% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,55</t>
+  </si>
+  <si>
+    <t>110303-S</t>
+  </si>
+  <si>
+    <t>Hirter Morchl Pinolenkiste 3x6 5% Vol. 18x0,5l</t>
+  </si>
+  <si>
+    <t>27,90</t>
+  </si>
+  <si>
+    <t>1101921</t>
+  </si>
+  <si>
+    <t>Hirter Märzen 5% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110192</t>
+  </si>
+  <si>
+    <t>Hirter Märzen 5% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>1101561</t>
+  </si>
+  <si>
+    <t>Hirter Privat Pils 5,2% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1,37</t>
+  </si>
+  <si>
+    <t>1101571</t>
+  </si>
+  <si>
+    <t>Hirter Privat Pils 5,2% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110157</t>
+  </si>
+  <si>
+    <t>Hirter Privat Pils 5,2% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>110156</t>
+  </si>
+  <si>
+    <t>Hirter Privat Pils 5,2% Vol. 24x0,33l</t>
+  </si>
+  <si>
+    <t>32,88</t>
+  </si>
+  <si>
+    <t>917501</t>
+  </si>
+  <si>
+    <t>Holzkiste 1er 43,5x9,5x9,5 cm</t>
+  </si>
+  <si>
+    <t>8,91</t>
+  </si>
+  <si>
+    <t>917500</t>
+  </si>
+  <si>
+    <t>Holzkiste 1er Magnum 42x14x14 cm</t>
+  </si>
+  <si>
+    <t>10,71</t>
+  </si>
+  <si>
+    <t>917533</t>
+  </si>
+  <si>
+    <t>Holzkiste 1er Magnum Versand 57x19x19 cm</t>
+  </si>
+  <si>
+    <t>19,35</t>
+  </si>
+  <si>
+    <t>917502</t>
+  </si>
+  <si>
+    <t>Holzkiste 1er Magnum klein 35x11x11 cm</t>
+  </si>
+  <si>
+    <t>917510</t>
+  </si>
+  <si>
+    <t>Holzkiste 2er 38,3x17x9,5 cm</t>
+  </si>
+  <si>
+    <t>917520</t>
+  </si>
+  <si>
+    <t>Holzkiste 3er 38,3x26,5x9,5 cm</t>
+  </si>
+  <si>
+    <t>13,41</t>
+  </si>
+  <si>
+    <t>917521</t>
+  </si>
+  <si>
+    <t>Holzkiste 3er Spruch ''Wein ist Poesie in bottles'' 38,3x26,5x9,5 cm</t>
+  </si>
+  <si>
+    <t>17,01</t>
+  </si>
+  <si>
+    <t>917530</t>
+  </si>
+  <si>
+    <t>Holzkiste 6er kurz 48,5x31x9,5 cm</t>
+  </si>
+  <si>
+    <t>18,81</t>
+  </si>
+  <si>
+    <t>917531</t>
+  </si>
+  <si>
+    <t>Holzkiste 6er lang 48,5x38x9,5 cm</t>
+  </si>
+  <si>
+    <t>917532</t>
+  </si>
+  <si>
+    <t>Holzkiste Versandkiste 6er 36,5 x 28,5 x 19,5 cm</t>
+  </si>
+  <si>
+    <t>20,61</t>
+  </si>
+  <si>
+    <t>917499</t>
+  </si>
+  <si>
+    <t>Holzkiste for Bierflaschen 12x0,5l</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>19,71</t>
+  </si>
+  <si>
+    <t>919564</t>
+  </si>
+  <si>
+    <t>Hornig Kaffee Caffè Crema Classico ganze Bohne 1/2 kg</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>14,90</t>
+  </si>
+  <si>
+    <t>919555</t>
+  </si>
+  <si>
+    <t>Hornig Kaffee Spezial ganze Bohne 1/2 kg</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>29,64</t>
-[...62 lines deleted...]
-    <t>Augustiner Lagerbier hell 5,2% Vol. 20x0,5l</t>
+    <t>12,90</t>
+  </si>
+  <si>
+    <t>919556</t>
+  </si>
+  <si>
+    <t>Hornig Kaffee Spezial gemahlen 1/2 kg</t>
+  </si>
+  <si>
+    <t>230017</t>
+  </si>
+  <si>
+    <t>Johannisbrunnen-Heilwasser prickelnd 12x1l</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>10,68</t>
+  </si>
+  <si>
+    <t>2300171</t>
+  </si>
+  <si>
+    <t>Johannisbrunnen-Heilwasser prickelnd 1l</t>
+  </si>
+  <si>
+    <t>0,89</t>
+  </si>
+  <si>
+    <t>1102031</t>
+  </si>
+  <si>
+    <t>Kandi Malz alkoholfrei 0,5l</t>
+  </si>
+  <si>
+    <t>1,05</t>
+  </si>
+  <si>
+    <t>110203</t>
+  </si>
+  <si>
+    <t>Kandi Malz alkoholfrei 20x0,5l</t>
+  </si>
+  <si>
+    <t>20,90</t>
+  </si>
+  <si>
+    <t>919067</t>
+  </si>
+  <si>
+    <t>Kinder Schokolade 4x50 g</t>
+  </si>
+  <si>
+    <t>1,50</t>
+  </si>
+  <si>
+    <t>919062</t>
+  </si>
+  <si>
+    <t>Küfferle Katzenzungen Milchschokolade 75 g</t>
+  </si>
+  <si>
+    <t>7,90</t>
+  </si>
+  <si>
+    <t>1102561</t>
+  </si>
+  <si>
+    <t>Laško Zlatorog Havala 4,9% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110256</t>
+  </si>
+  <si>
+    <t>Laško Zlatorog Havala 4,9% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>1101901</t>
+  </si>
+  <si>
+    <t>Leffe Blonde 6,6% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1,66</t>
+  </si>
+  <si>
+    <t>110190</t>
+  </si>
+  <si>
+    <t>Leffe Blonde 6,6% Vol. 24x0,33l</t>
+  </si>
+  <si>
+    <t>39,84</t>
+  </si>
+  <si>
+    <t>2100651</t>
+  </si>
+  <si>
+    <t>Lipton Ice Tea Mango 0,33l</t>
+  </si>
+  <si>
+    <t>1,10</t>
+  </si>
+  <si>
+    <t>210065</t>
+  </si>
+  <si>
+    <t>Lipton Ice Tea Mango 24x0,33l</t>
+  </si>
+  <si>
+    <t>26,40</t>
+  </si>
+  <si>
+    <t>2100561</t>
+  </si>
+  <si>
+    <t>Lipton Ice Tea Pfirsich 0,33l</t>
+  </si>
+  <si>
+    <t>210056</t>
+  </si>
+  <si>
+    <t>Lipton Ice Tea Pfirsich 24x0,33l</t>
+  </si>
+  <si>
+    <t>2100631</t>
+  </si>
+  <si>
+    <t>Lipton Ice Tea Zitrone 0,33l</t>
+  </si>
+  <si>
+    <t>210063</t>
+  </si>
+  <si>
+    <t>Lipton Ice Tea Zitrone 24x0,33l</t>
+  </si>
+  <si>
+    <t>230031</t>
+  </si>
+  <si>
+    <t>Long Life mild 12x1l</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>6,48</t>
+  </si>
+  <si>
+    <t>2300311</t>
+  </si>
+  <si>
+    <t>Long Life mild 1l</t>
+  </si>
+  <si>
+    <t>0,54</t>
+  </si>
+  <si>
+    <t>230030</t>
+  </si>
+  <si>
+    <t>Long Life prickelnd 12x1l</t>
+  </si>
+  <si>
+    <t>2300301</t>
+  </si>
+  <si>
+    <t>Long Life prickelnd 1l</t>
+  </si>
+  <si>
+    <t>919014</t>
+  </si>
+  <si>
+    <t>Lorenz Nic Nacs 35 g</t>
+  </si>
+  <si>
+    <t>2,50</t>
+  </si>
+  <si>
+    <t>1103291-S</t>
+  </si>
+  <si>
+    <t>Löwenbräu Oktoberfestbier 6,1% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,78</t>
+  </si>
+  <si>
+    <t>110329-S</t>
+  </si>
+  <si>
+    <t>Löwenbräu Oktoberfestbier 6,1% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>35,60</t>
+  </si>
+  <si>
+    <t>2101231</t>
+  </si>
+  <si>
+    <t>Makava Delighted Ice Tea 0,33l</t>
+  </si>
+  <si>
+    <t>1,56</t>
+  </si>
+  <si>
+    <t>210123</t>
+  </si>
+  <si>
+    <t>Makava Delighted Ice Tea 24x0,33l</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>37,44</t>
+  </si>
+  <si>
+    <t>919129</t>
+  </si>
+  <si>
+    <t>Milka Hauchzarte Herzen Alpenmilch 130 g</t>
+  </si>
+  <si>
+    <t>919127</t>
+  </si>
+  <si>
+    <t>Milka Tender Milch 37 g</t>
+  </si>
+  <si>
+    <t>1,20</t>
+  </si>
+  <si>
+    <t>1102071-S</t>
+  </si>
+  <si>
+    <t>Murauer 3x6er Pinolen-Kiste alkoholfrei 0,5l</t>
+  </si>
+  <si>
+    <t>1,89</t>
+  </si>
+  <si>
+    <t>110207</t>
+  </si>
+  <si>
+    <t>Murauer 3x6er Pinolen-Kiste alkoholfrei 3x6x0,5l</t>
+  </si>
+  <si>
+    <t>34,02</t>
+  </si>
+  <si>
+    <t>1102571</t>
+  </si>
+  <si>
+    <t>Murauer Dunkel 5,2% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,84</t>
+  </si>
+  <si>
+    <t>110257</t>
+  </si>
+  <si>
+    <t>Murauer Dunkel 5,2% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>36,80</t>
+  </si>
+  <si>
+    <t>110263-S</t>
+  </si>
+  <si>
+    <t>Murauer Märzen 3x6er Pinolen-Kiste 5,2% Vol. 18x0,5l</t>
+  </si>
+  <si>
+    <t>1102491</t>
+  </si>
+  <si>
+    <t>Murauer Märzen 5,2% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1,15</t>
+  </si>
+  <si>
+    <t>1102481</t>
+  </si>
+  <si>
+    <t>Murauer Märzen 5,2% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110248</t>
+  </si>
+  <si>
+    <t>Murauer Märzen 5,2% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>110249</t>
+  </si>
+  <si>
+    <t>Murauer Märzen 5,2% Vol. 24x0,33l</t>
+  </si>
+  <si>
+    <t>27,60</t>
+  </si>
+  <si>
+    <t>1102461-S</t>
+  </si>
+  <si>
+    <t>Murauer WEISSBIER 5,4% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>2,10</t>
+  </si>
+  <si>
+    <t>110246-S</t>
+  </si>
+  <si>
+    <t>Murauer WEISSBIER 5,4% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>2201201</t>
+  </si>
+  <si>
+    <t>Murelli Almrausch 0,5l</t>
+  </si>
+  <si>
+    <t>220120</t>
+  </si>
+  <si>
+    <t>Murelli Almrausch 20x0,5l</t>
+  </si>
+  <si>
+    <t>2201281</t>
+  </si>
+  <si>
+    <t>Murelli Cola 0,5l</t>
+  </si>
+  <si>
+    <t>220128</t>
+  </si>
+  <si>
+    <t>Murelli Cola 20x0,5l</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>2201211</t>
+  </si>
+  <si>
+    <t>Murelli Cola-Mix 0,5l</t>
+  </si>
+  <si>
+    <t>220121</t>
+  </si>
+  <si>
+    <t>Murelli Cola-Mix 20x0,5l</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>2201311</t>
+  </si>
+  <si>
+    <t>Murelli Die Bewusste Apfel &amp; Birne 0,5l</t>
+  </si>
+  <si>
+    <t>220131</t>
+  </si>
+  <si>
+    <t>Murelli Die Bewusste Apfel &amp; Birne 20x0,5l</t>
+  </si>
+  <si>
+    <t>2201321</t>
+  </si>
+  <si>
+    <t>Murelli Die Bewusste Brombeere &amp; Lavendel 0,5l</t>
+  </si>
+  <si>
+    <t>220132</t>
+  </si>
+  <si>
+    <t>Murelli Die Bewusste Brombeere &amp; Lavendel 20x0,5l</t>
+  </si>
+  <si>
+    <t>2201221</t>
+  </si>
+  <si>
+    <t>Murelli Himbeer 0,5l</t>
+  </si>
+  <si>
+    <t>220122</t>
+  </si>
+  <si>
+    <t>Murelli Himbeer 20x0,5l</t>
+  </si>
+  <si>
+    <t>2201231</t>
+  </si>
+  <si>
+    <t>Murelli Orange 0,5l</t>
+  </si>
+  <si>
+    <t>220123</t>
+  </si>
+  <si>
+    <t>Murelli Orange 20x0,5l</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>2201241</t>
+  </si>
+  <si>
+    <t>Murelli Orange-Maracuja 0,5l</t>
+  </si>
+  <si>
+    <t>220124</t>
+  </si>
+  <si>
+    <t>Murelli Orange-Maracuja 20x0,5l</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>220126</t>
+  </si>
+  <si>
+    <t>Murelli Rhabarber &amp; Minze 20x0,5l</t>
+  </si>
+  <si>
+    <t>2201251</t>
+  </si>
+  <si>
+    <t>Murelli Zitrone 0,5l</t>
+  </si>
+  <si>
+    <t>220125</t>
+  </si>
+  <si>
+    <t>Murelli Zitrone 20x0,5l</t>
+  </si>
+  <si>
+    <t>919030</t>
+  </si>
+  <si>
+    <t>Nimm2 Lachgummi Frucht &amp; Joghurt 250 g</t>
+  </si>
+  <si>
+    <t>3,50</t>
+  </si>
+  <si>
+    <t>919145</t>
+  </si>
+  <si>
+    <t>Orbit White Erdbeere 10 Stück</t>
+  </si>
+  <si>
+    <t>919144</t>
+  </si>
+  <si>
+    <t>Orbit White Himbeere Granatapfel 10 Stück</t>
+  </si>
+  <si>
+    <t>919143</t>
+  </si>
+  <si>
+    <t>Orbit White Spearmint 10 Stück</t>
+  </si>
+  <si>
+    <t>918600</t>
+  </si>
+  <si>
+    <t>Palmwedelpicker 10 Stück</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>1,35</t>
+  </si>
+  <si>
+    <t>918122</t>
+  </si>
+  <si>
+    <t>Pappteller 13x20 cm 25 Stück</t>
+  </si>
+  <si>
+    <t>918123</t>
+  </si>
+  <si>
+    <t>Pappteller 13x20 cm 250 Stück</t>
+  </si>
+  <si>
+    <t>918125</t>
+  </si>
+  <si>
+    <t>Pappteller 16,5x23 cm 250 Stück</t>
+  </si>
+  <si>
+    <t>21,59</t>
+  </si>
+  <si>
+    <t>918127</t>
+  </si>
+  <si>
+    <t>Pappteller pure rund 23 cm 25 Stück</t>
+  </si>
+  <si>
+    <t>4,90</t>
+  </si>
+  <si>
+    <t>918128</t>
+  </si>
+  <si>
+    <t>Pappteller rund 23 cm 100 Stück</t>
+  </si>
+  <si>
+    <t>10,99</t>
+  </si>
+  <si>
+    <t>210108</t>
+  </si>
+  <si>
+    <t>Pendl Apfel-Brombeer-Saft 12x1l</t>
+  </si>
+  <si>
+    <t>31,56</t>
+  </si>
+  <si>
+    <t>2101081</t>
+  </si>
+  <si>
+    <t>Pendl Apfel-Brombeer-Saft 1l</t>
+  </si>
+  <si>
+    <t>2,63</t>
+  </si>
+  <si>
+    <t>210097</t>
+  </si>
+  <si>
+    <t>Pendl Apfel-Holundersaft 12x1l</t>
+  </si>
+  <si>
+    <t>210091</t>
+  </si>
+  <si>
+    <t>Pendl Apfelmost 12x1l</t>
+  </si>
+  <si>
+    <t>2100911</t>
+  </si>
+  <si>
+    <t>Pendl Apfelmost 1l</t>
+  </si>
+  <si>
+    <t>2,35</t>
+  </si>
+  <si>
+    <t>210098</t>
+  </si>
+  <si>
+    <t>Pendl Apfelsaft klar 12x1l</t>
+  </si>
+  <si>
+    <t>23,88</t>
+  </si>
+  <si>
+    <t>2100981</t>
+  </si>
+  <si>
+    <t>Pendl Apfelsaft klar 1l</t>
+  </si>
+  <si>
+    <t>1,99</t>
+  </si>
+  <si>
+    <t>210092</t>
+  </si>
+  <si>
+    <t>Pendl Apfelsaft naturtrüb 12x1l</t>
+  </si>
+  <si>
+    <t>2100921</t>
+  </si>
+  <si>
+    <t>Pendl Apfelsaft naturtrüb 1l</t>
+  </si>
+  <si>
+    <t>210093</t>
+  </si>
+  <si>
+    <t>Pendl Marillennektar 12x1l</t>
+  </si>
+  <si>
+    <t>210094</t>
+  </si>
+  <si>
+    <t>Pendl Pfirsichnektar 12x1l</t>
+  </si>
+  <si>
+    <t>2100941</t>
+  </si>
+  <si>
+    <t>Pendl Pfirsichnektar 1l</t>
+  </si>
+  <si>
+    <t>210095</t>
+  </si>
+  <si>
+    <t>Pendl Schwarzer Johannisbeersaft 12x1l</t>
+  </si>
+  <si>
+    <t>210096</t>
+  </si>
+  <si>
+    <t>Pendl Williams Christ Birnennektar 12x1l</t>
+  </si>
+  <si>
+    <t>2100961</t>
+  </si>
+  <si>
+    <t>Pendl Williams Christ Birnennektar 1l</t>
+  </si>
+  <si>
+    <t>1102671</t>
+  </si>
+  <si>
+    <t>Peroni Nastro Azzurro 5% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>110267</t>
+  </si>
+  <si>
+    <t>Peroni Nastro Azzurro 5% Vol. 24x0,33l</t>
+  </si>
+  <si>
+    <t>42,96</t>
+  </si>
+  <si>
+    <t>2300501</t>
+  </si>
+  <si>
+    <t>Peterquelle Mineralwasser 0,33l</t>
+  </si>
+  <si>
+    <t>0,43</t>
+  </si>
+  <si>
+    <t>230051</t>
+  </si>
+  <si>
+    <t>Peterquelle Mineralwasser 12x1l</t>
+  </si>
+  <si>
+    <t>538</t>
+  </si>
+  <si>
+    <t>6,29</t>
+  </si>
+  <si>
+    <t>2300511</t>
+  </si>
+  <si>
+    <t>Peterquelle Mineralwasser 1l</t>
+  </si>
+  <si>
+    <t>0,52</t>
+  </si>
+  <si>
+    <t>230050</t>
+  </si>
+  <si>
+    <t>Peterquelle Mineralwasser 20x0,33l</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>8,64</t>
+  </si>
+  <si>
+    <t>4100301</t>
+  </si>
+  <si>
+    <t>Platzer Welschriesling Landwein 11,5% Vol. 1l</t>
+  </si>
+  <si>
+    <t>5,49</t>
+  </si>
+  <si>
+    <t>230060</t>
+  </si>
+  <si>
+    <t>Preblauer 12x1l</t>
+  </si>
+  <si>
+    <t>15,12</t>
+  </si>
+  <si>
+    <t>2300601</t>
+  </si>
+  <si>
+    <t>Preblauer 1l</t>
+  </si>
+  <si>
+    <t>1,26</t>
+  </si>
+  <si>
+    <t>850013</t>
+  </si>
+  <si>
+    <t>Propan Flüssiggas 10 kg</t>
+  </si>
+  <si>
+    <t>59,90</t>
+  </si>
+  <si>
+    <t>918143</t>
+  </si>
+  <si>
+    <t>Prägeservietten weiss 100 Stück</t>
+  </si>
+  <si>
+    <t>375</t>
+  </si>
+  <si>
+    <t>917330</t>
+  </si>
+  <si>
+    <t>Präsentkarton NATUR offene Welle 6er 38 cm</t>
+  </si>
+  <si>
+    <t>10,35</t>
+  </si>
+  <si>
+    <t>917325</t>
+  </si>
+  <si>
+    <t>Präsentkarton Struktura VITA Perlmut 1er</t>
+  </si>
+  <si>
+    <t>917326</t>
+  </si>
+  <si>
+    <t>Präsentkarton Struktura VITA Perlmut 2er</t>
+  </si>
+  <si>
+    <t>5,03</t>
+  </si>
+  <si>
+    <t>917327</t>
+  </si>
+  <si>
+    <t>Präsentkarton Struktura VITA Perlmut 3er</t>
+  </si>
+  <si>
+    <t>5,84</t>
+  </si>
+  <si>
+    <t>917331</t>
+  </si>
+  <si>
+    <t>Präsentkarton offene Welle Schwarz 6er 38 cm</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>10,79</t>
+  </si>
+  <si>
+    <t>1102701</t>
+  </si>
+  <si>
+    <t>Puntigamer DAS BIERIGE BIER 5,1% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110270</t>
+  </si>
+  <si>
+    <t>Puntigamer DAS BIERIGE BIER 5,1% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>4283</t>
+  </si>
+  <si>
+    <t>1102881</t>
+  </si>
+  <si>
+    <t>Puntigamer DAS BIERIGE BIER MEHRWEG 5,1% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>0,93</t>
+  </si>
+  <si>
+    <t>110288</t>
+  </si>
+  <si>
+    <t>Puntigamer DAS BIERIGE BIER MEHRWEG 5,1% Vol. 24x0,33l</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>28,40</t>
-[...575 lines deleted...]
-    <t>Gösser Stifts Zwickl Hell 4x4er Pinolenkiste 5,2% Vol. 16x0,5l</t>
+    <t>22,40</t>
+  </si>
+  <si>
+    <t>100069</t>
+  </si>
+  <si>
+    <t>Puntigamer Panther 5,2% Vol. 50l</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>174,90</t>
+  </si>
+  <si>
+    <t>110275-S</t>
+  </si>
+  <si>
+    <t>Puntigamer Winterbier 3x6er Pinolenkiste 6% Vol. 18x0,5l</t>
+  </si>
+  <si>
+    <t>30,50</t>
+  </si>
+  <si>
+    <t>1102752-S</t>
+  </si>
+  <si>
+    <t>Puntigamer Winterbier 6% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,69</t>
+  </si>
+  <si>
+    <t>850018-S</t>
+  </si>
+  <si>
+    <t>Puntigamer-Sonnenschirm 3,5 m</t>
+  </si>
+  <si>
+    <t>503,91</t>
+  </si>
+  <si>
+    <t>2300701</t>
+  </si>
+  <si>
+    <t>Radenska 1l</t>
+  </si>
+  <si>
+    <t>0,65</t>
+  </si>
+  <si>
+    <t>230070</t>
+  </si>
+  <si>
+    <t>Radenska 6x1l</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>1102931</t>
+  </si>
+  <si>
+    <t>Reininghaus Märzen 5% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110293</t>
+  </si>
+  <si>
+    <t>Reininghaus Märzen 5% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>919112</t>
+  </si>
+  <si>
+    <t>Ritter Sport Schokowürfel 176 g</t>
+  </si>
+  <si>
+    <t>6,90</t>
+  </si>
+  <si>
+    <t>2101831</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Apfel-Johannisbeer 1l</t>
+  </si>
+  <si>
+    <t>4,45</t>
+  </si>
+  <si>
+    <t>210183</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Apfel-Johannisbeer 6x1l</t>
+  </si>
+  <si>
+    <t>210169</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Apfel-Karotte 6x1l</t>
+  </si>
+  <si>
+    <t>20,64</t>
+  </si>
+  <si>
+    <t>2101701</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Apfel-Weichsel 1l</t>
+  </si>
+  <si>
+    <t>4,46</t>
+  </si>
+  <si>
+    <t>210170</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Apfel-Weichsel 6x1l</t>
+  </si>
+  <si>
+    <t>26,76</t>
+  </si>
+  <si>
+    <t>2101671</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Apfelsaft klar 1l</t>
+  </si>
+  <si>
+    <t>2,72</t>
+  </si>
+  <si>
+    <t>210167</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Apfelsaft klar 6x1l</t>
+  </si>
+  <si>
+    <t>16,32</t>
+  </si>
+  <si>
+    <t>2101681</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Apfelsaft naturtrüb 1l</t>
+  </si>
+  <si>
+    <t>3,00</t>
+  </si>
+  <si>
+    <t>210168</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Apfelsaft naturtrüb 6x1l</t>
+  </si>
+  <si>
+    <t>18,00</t>
+  </si>
+  <si>
+    <t>2101721</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Marillennektar 1l</t>
+  </si>
+  <si>
+    <t>5,32</t>
+  </si>
+  <si>
+    <t>210172</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Marillennektar 6x1l</t>
+  </si>
+  <si>
+    <t>31,92</t>
+  </si>
+  <si>
+    <t>2101711</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Pfirsichnektar 1l</t>
+  </si>
+  <si>
+    <t>5,00</t>
+  </si>
+  <si>
+    <t>210171</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Pfirsichnektar 6x1l</t>
+  </si>
+  <si>
+    <t>230096</t>
+  </si>
+  <si>
+    <t>Römerquelle Emotion Birne-Melisse 20x0,33l</t>
+  </si>
+  <si>
+    <t>14,00</t>
+  </si>
+  <si>
+    <t>230144</t>
+  </si>
+  <si>
+    <t>Römerquelle mild Splitkiste 12x1l</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>8,28</t>
+  </si>
+  <si>
+    <t>2301441</t>
+  </si>
+  <si>
+    <t>Römerquelle mild Splitkiste 1l</t>
+  </si>
+  <si>
+    <t>0,69</t>
+  </si>
+  <si>
+    <t>2301351</t>
+  </si>
+  <si>
+    <t>Römerquelle prickelnd 0,33l</t>
+  </si>
+  <si>
+    <t>0,56</t>
+  </si>
+  <si>
+    <t>230135</t>
+  </si>
+  <si>
+    <t>Römerquelle prickelnd 20x0,33l</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>11,20</t>
+  </si>
+  <si>
+    <t>230143</t>
+  </si>
+  <si>
+    <t>Römerquelle prickelnd Splitkiste 12x1l</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>2301431</t>
+  </si>
+  <si>
+    <t>Römerquelle prickelnd Splitkiste 1l</t>
+  </si>
+  <si>
+    <t>2301401</t>
+  </si>
+  <si>
+    <t>Römerquelle still 0,33l</t>
+  </si>
+  <si>
+    <t>230140</t>
+  </si>
+  <si>
+    <t>Römerquelle still 20x0,33l</t>
+  </si>
+  <si>
+    <t>910180</t>
+  </si>
+  <si>
+    <t>Sack Eiswürfel 7 kg</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>5,04</t>
+  </si>
+  <si>
+    <t>230151</t>
+  </si>
+  <si>
+    <t>San Pellegrino 12x0,75l</t>
+  </si>
+  <si>
+    <t>22,98</t>
+  </si>
+  <si>
+    <t>1103001</t>
+  </si>
+  <si>
+    <t>Schneider Weisse 5,4% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110300</t>
+  </si>
+  <si>
+    <t>Schneider Weisse 5,4% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>2201441</t>
+  </si>
+  <si>
+    <t>Schweppes Indian Tonic Water 1l</t>
+  </si>
+  <si>
+    <t>2,53</t>
+  </si>
+  <si>
+    <t>220144</t>
+  </si>
+  <si>
+    <t>Schweppes Indian Tonic Water 6x1l</t>
+  </si>
+  <si>
+    <t>15,17</t>
+  </si>
+  <si>
+    <t>2201411</t>
+  </si>
+  <si>
+    <t>Schweppes Original Bitter Lemon 1l</t>
+  </si>
+  <si>
+    <t>220141</t>
+  </si>
+  <si>
+    <t>Schweppes Original Bitter Lemon 6x1l</t>
+  </si>
+  <si>
+    <t>2201581</t>
+  </si>
+  <si>
+    <t>Schweppes Russian Wild Berry 1l</t>
+  </si>
+  <si>
+    <t>2,41</t>
+  </si>
+  <si>
+    <t>220158</t>
+  </si>
+  <si>
+    <t>Schweppes Russian Wild Berry 6x1l</t>
+  </si>
+  <si>
+    <t>14,47</t>
+  </si>
+  <si>
+    <t>918164</t>
+  </si>
+  <si>
+    <t>Sekt Stiel-glass C-PLA 0,1 l 24 Stück</t>
+  </si>
+  <si>
+    <t>23,90</t>
+  </si>
+  <si>
+    <t>918183</t>
+  </si>
+  <si>
+    <t>Serviette 40/3/20 WEISS 20 Stück</t>
+  </si>
+  <si>
+    <t>2,59</t>
+  </si>
+  <si>
+    <t>230171</t>
+  </si>
+  <si>
+    <t>Sodawasser Container 19l</t>
+  </si>
+  <si>
+    <t>919125</t>
+  </si>
+  <si>
+    <t>Soletti Goldfischli Sesam 100 g</t>
+  </si>
+  <si>
+    <t>2,90</t>
+  </si>
+  <si>
+    <t>1102041</t>
+  </si>
+  <si>
+    <t>Spaten Münchner Hell 5,2% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,59</t>
+  </si>
+  <si>
+    <t>110204</t>
+  </si>
+  <si>
+    <t>Spaten Münchner Hell 5,2% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>31,80</t>
+  </si>
+  <si>
+    <t>2201371</t>
+  </si>
+  <si>
+    <t>Steirer Fit ACE 0,33l</t>
+  </si>
+  <si>
+    <t>0,85</t>
+  </si>
+  <si>
+    <t>220137</t>
+  </si>
+  <si>
+    <t>Steirer Fit ACE 24x0,33l</t>
+  </si>
+  <si>
+    <t>20,40</t>
+  </si>
+  <si>
+    <t>220136</t>
+  </si>
+  <si>
+    <t>Steirer Kola 12x1l</t>
+  </si>
+  <si>
+    <t>14,70</t>
+  </si>
+  <si>
+    <t>2201361</t>
+  </si>
+  <si>
+    <t>Steirer Kola 1l</t>
+  </si>
+  <si>
+    <t>1,23</t>
+  </si>
+  <si>
+    <t>2201001</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Himbeer 0,33l</t>
+  </si>
+  <si>
+    <t>220133</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Himbeer 12x1l</t>
+  </si>
+  <si>
+    <t>14,28</t>
+  </si>
+  <si>
+    <t>2201331</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Himbeer 1l</t>
+  </si>
+  <si>
+    <t>220100</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Himbeer 24x0,33l</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>16,56</t>
+  </si>
+  <si>
+    <t>2201031</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Holunder Limette-Minze 0,33l</t>
+  </si>
+  <si>
+    <t>0,73</t>
+  </si>
+  <si>
+    <t>220103</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Holunder Limette-Minze 24x0,33l</t>
+  </si>
+  <si>
+    <t>17,52</t>
+  </si>
+  <si>
+    <t>2201051</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Zitrone 0,33l</t>
+  </si>
+  <si>
+    <t>220135</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Zitrone 12x1l</t>
+  </si>
+  <si>
+    <t>14,76</t>
+  </si>
+  <si>
+    <t>2201351</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Zitrone 1l</t>
+  </si>
+  <si>
+    <t>220105</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Zitrone 24x0,33l</t>
+  </si>
+  <si>
+    <t>230170</t>
+  </si>
+  <si>
+    <t>Steirer Soda Sodawasser 12x1l</t>
+  </si>
+  <si>
+    <t>10,20</t>
+  </si>
+  <si>
+    <t>2301701</t>
+  </si>
+  <si>
+    <t>Steirer Soda Sodawasser 1l</t>
+  </si>
+  <si>
+    <t>1103061</t>
+  </si>
+  <si>
+    <t>Stella Artois Premium Lager Beer 5,2% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1102891</t>
+  </si>
+  <si>
+    <t>Stiegl Goldbräu Jägerbier 5% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1,47</t>
+  </si>
+  <si>
+    <t>1102291</t>
+  </si>
+  <si>
+    <t>Stiegl Paracelsus Glutenfrei MEHRWEG 4,9% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>2,54</t>
+  </si>
+  <si>
+    <t>110229-S</t>
+  </si>
+  <si>
+    <t>Stiegl Paracelsus Glutenfrei MEHRWEG 4,9% Vol. 24x0,33l</t>
+  </si>
+  <si>
+    <t>60,90</t>
+  </si>
+  <si>
+    <t>1103221</t>
+  </si>
+  <si>
+    <t>Stiegl Radler Grapefruit 2% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1,58</t>
+  </si>
+  <si>
+    <t>110322</t>
+  </si>
+  <si>
+    <t>Stiegl Radler Grapefruit 2% Vol. 12x0,33l</t>
+  </si>
+  <si>
+    <t>18,92</t>
+  </si>
+  <si>
+    <t>918193</t>
+  </si>
+  <si>
+    <t>Suppenschale aus Zuckerrohr 0,5l 12 Stück</t>
+  </si>
+  <si>
+    <t>919069</t>
+  </si>
+  <si>
+    <t>TUC Paprika 100 g</t>
+  </si>
+  <si>
+    <t>2,60</t>
+  </si>
+  <si>
+    <t>1101751</t>
+  </si>
+  <si>
+    <t>Tegernseer hell 4,8% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,40</t>
+  </si>
+  <si>
+    <t>110175</t>
+  </si>
+  <si>
+    <t>Tegernseer hell 4,8% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>28,00</t>
+  </si>
+  <si>
+    <t>1101871</t>
+  </si>
+  <si>
+    <t>Trumer Obertrumer Märzen 4,8% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110187</t>
+  </si>
+  <si>
+    <t>Trumer Obertrumer Märzen 4,8% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>1102061</t>
+  </si>
+  <si>
+    <t>Trumer Obertrumer Original Zwickl 4,8% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110206</t>
+  </si>
+  <si>
+    <t>Trumer Obertrumer Original Zwickl 4,8% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>210111</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Apfel-Quittensaft Naturtrüb 12x1l</t>
+  </si>
+  <si>
+    <t>33,48</t>
+  </si>
+  <si>
+    <t>2101111</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Apfel-Quittensaft Naturtrüb 1l</t>
+  </si>
+  <si>
+    <t>2,79</t>
+  </si>
+  <si>
+    <t>210112</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Apfel-Rote-Rübensaft Naturtrüb 12x1l</t>
+  </si>
+  <si>
+    <t>2101121</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Apfel-Rote-Rübensaft Naturtrüb 1l</t>
+  </si>
+  <si>
+    <t>210109</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Apfelsaft with Mangomark Naturtrüb 12x1l</t>
+  </si>
+  <si>
+    <t>2101091</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Apfelsaft with Mangomark Naturtrüb 1l</t>
+  </si>
+  <si>
+    <t>210113</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Multifrucht Naturtrüb 12x1l</t>
+  </si>
+  <si>
+    <t>2101131</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Multifrucht Naturtrüb 1l</t>
+  </si>
+  <si>
+    <t>1102241</t>
+  </si>
+  <si>
+    <t>Unertl Weissbier Bügelflasche 4,9% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110224</t>
+  </si>
+  <si>
+    <t>Unertl Weissbier Bügelflasche 4,9% Vol. 16x0,5l</t>
+  </si>
+  <si>
+    <t>30,24</t>
+  </si>
+  <si>
+    <t>2301961</t>
+  </si>
+  <si>
+    <t>Vöslauer mild 1l</t>
+  </si>
+  <si>
+    <t>0,98</t>
+  </si>
+  <si>
+    <t>230196</t>
+  </si>
+  <si>
+    <t>Vöslauer mild Splitkiste 8x1l</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>7,84</t>
+  </si>
+  <si>
+    <t>2301971</t>
+  </si>
+  <si>
+    <t>Vöslauer ohne 1l</t>
+  </si>
+  <si>
+    <t>230197</t>
+  </si>
+  <si>
+    <t>Vöslauer ohne Splitkiste 8x1l</t>
+  </si>
+  <si>
+    <t>393</t>
+  </si>
+  <si>
+    <t>7,80</t>
+  </si>
+  <si>
+    <t>2302041</t>
+  </si>
+  <si>
+    <t>Vöslauer prickelnd 1l</t>
+  </si>
+  <si>
+    <t>230204</t>
+  </si>
+  <si>
+    <t>Vöslauer prickelnd Splitkiste 8x1l</t>
+  </si>
+  <si>
+    <t>2302161</t>
+  </si>
+  <si>
+    <t>Waldquelle Zitrus-Mix Spritzig 0,5l Pfand</t>
+  </si>
+  <si>
+    <t>0,77</t>
+  </si>
+  <si>
+    <t>230216</t>
+  </si>
+  <si>
+    <t>Waldquelle Zitrus-Mix Spritzig 12x0,5l Pfand</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>9,24</t>
+  </si>
+  <si>
+    <t>230214</t>
+  </si>
+  <si>
+    <t>Waldquelle Zitrus-Mix Spritzig 12x1l</t>
+  </si>
+  <si>
+    <t>8,90</t>
+  </si>
+  <si>
+    <t>230211</t>
+  </si>
+  <si>
+    <t>Waldquelle spritzig 12x1l</t>
+  </si>
+  <si>
+    <t>780</t>
+  </si>
+  <si>
+    <t>6,50</t>
+  </si>
+  <si>
+    <t>2302111</t>
+  </si>
+  <si>
+    <t>Waldquelle spritzig 1l</t>
+  </si>
+  <si>
+    <t>1103351</t>
+  </si>
+  <si>
+    <t>Weihenstephaner hefetrüb alkoholfrei 0,5l</t>
+  </si>
+  <si>
+    <t>110335-S</t>
+  </si>
+  <si>
+    <t>Weihenstephaner hefetrüb alkoholfrei 20x0,5l</t>
+  </si>
+  <si>
+    <t>31,00</t>
+  </si>
+  <si>
+    <t>1103211</t>
+  </si>
+  <si>
+    <t>Weihenstephaner hefetrüb hell 5,4% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,68</t>
+  </si>
+  <si>
+    <t>110321</t>
+  </si>
+  <si>
+    <t>Weihenstephaner hefetrüb hell 5,4% Vol. 20x0,5l</t>
   </si>
   <si>
     <t>33,60</t>
   </si>
   <si>
-    <t>1101761</t>
-[...1981 lines deleted...]
-  <si>
     <t>1103301</t>
   </si>
   <si>
     <t>Wieselburger Gold 5% Vol. 0,5l</t>
   </si>
   <si>
     <t>110330</t>
   </si>
   <si>
     <t>Wieselburger Gold 5% Vol. 20x0,5l</t>
   </si>
   <si>
     <t>1103311</t>
   </si>
   <si>
     <t>Wieselburger Stammbräu 5,4% Vol. 0,5l</t>
   </si>
   <si>
-    <t>2,06</t>
+    <t>2,09</t>
   </si>
   <si>
     <t>110331</t>
   </si>
   <si>
     <t>Wieselburger Stammbräu 5,4% Vol. 20x0,5l</t>
   </si>
   <si>
-    <t>41,20</t>
+    <t>41,80</t>
   </si>
   <si>
     <t>1102161</t>
   </si>
   <si>
     <t>Wildbräu Hell 5% Vol. 0,33l</t>
   </si>
   <si>
     <t>1,29</t>
   </si>
   <si>
     <t>1102151</t>
   </si>
   <si>
     <t>Wildbräu Hell 5% Vol. 0,5l</t>
   </si>
   <si>
     <t>110216</t>
   </si>
   <si>
     <t>Wildbräu Hell 5% Vol. 20x0,33l</t>
   </si>
   <si>
     <t>25,80</t>
   </si>
   <si>
     <t>110215</t>
   </si>
   <si>
     <t>Wildbräu Hell 5% Vol. 20x0,5l</t>
-  </si>
-[...7 lines deleted...]
-    <t>1,00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3160,54 +3211,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O325"/>
+  <dimension ref="A1:O332"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E325" sqref="E325"/>
+      <selection activeCell="E332" sqref="E332"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11" customWidth="true" style="0"/>
     <col min="2" max="2" width="49" customWidth="true" style="0"/>
     <col min="3" max="3" width="6" customWidth="true" style="0"/>
     <col min="4" max="4" width="9" customWidth="true" style="0"/>
     <col min="5" max="5" width="28" customWidth="true" style="0"/>
     <col min="6" max="6" width="11" customWidth="true" style="0"/>
     <col min="7" max="7" width="9" customWidth="true" style="0"/>
     <col min="8" max="8" width="9" customWidth="true" style="0"/>
     <col min="9" max="9" width="9" customWidth="true" style="0"/>
     <col min="10" max="10" width="9" customWidth="true" style="0"/>
     <col min="11" max="11" width="9" customWidth="true" style="0"/>
     <col min="12" max="12" width="9" customWidth="true" style="0"/>
     <col min="13" max="13" width="9" customWidth="true" style="0"/>
     <col min="14" max="14" width="9" customWidth="true" style="0"/>
     <col min="15" max="15" width="9" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
@@ -3278,4811 +3329,4916 @@
       <c r="E6"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E8"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E9"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B10" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D10" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E10"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C11" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E11"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D12" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B13" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C13" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D13" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E13"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B14" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C14" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D14" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E14"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C15" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="D15" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E15"/>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B16" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C16" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D16" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E16"/>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B17" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C17" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="D17" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="E17"/>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B18" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C18" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="D18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E18"/>
     </row>
     <row r="19" spans="1:15">
       <c r="A19" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B19" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C19" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D19" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E19"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B20" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C20" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D20" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E20"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B21" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C21" t="s">
-        <v>28</v>
+        <v>75</v>
       </c>
       <c r="D21" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="E21"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B22" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C22" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D22" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="E22"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B23" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C23" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="D23" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="E23"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B24" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C24" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="D24" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="E24"/>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B25" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C25" t="s">
-        <v>55</v>
+        <v>87</v>
       </c>
       <c r="D25" t="s">
-        <v>67</v>
+        <v>46</v>
       </c>
       <c r="E25"/>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B26" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C26" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D26" t="s">
-        <v>78</v>
+        <v>50</v>
       </c>
       <c r="E26"/>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B27" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C27" t="s">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="D27" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="E27"/>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B28" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C28" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="D28" t="s">
-        <v>92</v>
+        <v>64</v>
       </c>
       <c r="E28"/>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B29" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C29" t="s">
-        <v>95</v>
+        <v>9</v>
       </c>
       <c r="D29" t="s">
-        <v>63</v>
+        <v>97</v>
       </c>
       <c r="E29"/>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B30" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C30" t="s">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="D30" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="E30"/>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B31" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C31" t="s">
-        <v>89</v>
+        <v>49</v>
       </c>
       <c r="D31" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="E31"/>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B32" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C32" t="s">
-        <v>104</v>
+        <v>33</v>
       </c>
       <c r="D32" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="E32"/>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B33" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C33" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="D33" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="E33"/>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B34" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C34" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="D34" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E34"/>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B35" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C35" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="D35" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E35"/>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B36" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C36" t="s">
-        <v>28</v>
+        <v>84</v>
       </c>
       <c r="D36" t="s">
-        <v>116</v>
+        <v>54</v>
       </c>
       <c r="E36"/>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B37" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C37" t="s">
-        <v>119</v>
+        <v>79</v>
       </c>
       <c r="D37" t="s">
-        <v>52</v>
+        <v>120</v>
       </c>
       <c r="E37"/>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B38" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C38" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="D38" t="s">
-        <v>122</v>
+        <v>54</v>
       </c>
       <c r="E38"/>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="s">
         <v>123</v>
       </c>
       <c r="B39" t="s">
         <v>124</v>
       </c>
       <c r="C39" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D39" t="s">
-        <v>52</v>
+        <v>120</v>
       </c>
       <c r="E39"/>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="s">
         <v>125</v>
       </c>
       <c r="B40" t="s">
         <v>126</v>
       </c>
       <c r="C40" t="s">
+        <v>84</v>
+      </c>
+      <c r="D40" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="E40"/>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" t="s">
         <v>128</v>
       </c>
       <c r="B41" t="s">
         <v>129</v>
       </c>
       <c r="C41" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="D41" t="s">
         <v>130</v>
       </c>
       <c r="E41"/>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" t="s">
         <v>131</v>
       </c>
       <c r="B42" t="s">
         <v>132</v>
       </c>
       <c r="C42" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="D42" t="s">
-        <v>133</v>
+        <v>76</v>
       </c>
       <c r="E42"/>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="s">
         <v>134</v>
       </c>
       <c r="B43" t="s">
         <v>135</v>
       </c>
       <c r="C43" t="s">
-        <v>66</v>
+        <v>84</v>
       </c>
       <c r="D43" t="s">
-        <v>67</v>
+        <v>136</v>
       </c>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:15">
       <c r="A44" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B44" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C44" t="s">
-        <v>55</v>
+        <v>139</v>
       </c>
       <c r="D44" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="E44"/>
     </row>
     <row r="45" spans="1:15">
       <c r="A45" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B45" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C45" t="s">
-        <v>66</v>
+        <v>84</v>
       </c>
       <c r="D45" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="E45"/>
     </row>
     <row r="46" spans="1:15">
       <c r="A46" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B46" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C46" t="s">
-        <v>95</v>
+        <v>53</v>
       </c>
       <c r="D46" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:15">
       <c r="A47" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B47" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C47" t="s">
-        <v>147</v>
+        <v>75</v>
       </c>
       <c r="D47" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E47"/>
     </row>
     <row r="48" spans="1:15">
       <c r="A48" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B48" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C48" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D48" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E48"/>
     </row>
     <row r="49" spans="1:15">
       <c r="A49" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B49" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C49" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="D49" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E49"/>
     </row>
     <row r="50" spans="1:15">
       <c r="A50" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B50" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C50" t="s">
-        <v>158</v>
+        <v>67</v>
       </c>
       <c r="D50" t="s">
         <v>159</v>
       </c>
       <c r="E50"/>
     </row>
     <row r="51" spans="1:15">
       <c r="A51" t="s">
         <v>160</v>
       </c>
       <c r="B51" t="s">
         <v>161</v>
       </c>
       <c r="C51" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="D51" t="s">
         <v>162</v>
       </c>
       <c r="E51"/>
     </row>
     <row r="52" spans="1:15">
       <c r="A52" t="s">
         <v>163</v>
       </c>
       <c r="B52" t="s">
         <v>164</v>
       </c>
       <c r="C52" t="s">
-        <v>158</v>
+        <v>139</v>
       </c>
       <c r="D52" t="s">
         <v>165</v>
       </c>
       <c r="E52"/>
     </row>
     <row r="53" spans="1:15">
       <c r="A53" t="s">
         <v>166</v>
       </c>
       <c r="B53" t="s">
         <v>167</v>
       </c>
       <c r="C53" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="D53" t="s">
         <v>168</v>
       </c>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:15">
       <c r="A54" t="s">
         <v>169</v>
       </c>
       <c r="B54" t="s">
         <v>170</v>
       </c>
       <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="E54"/>
     </row>
     <row r="55" spans="1:15">
       <c r="A55" t="s">
+        <v>172</v>
+      </c>
+      <c r="B55" t="s">
         <v>173</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
+        <v>25</v>
+      </c>
+      <c r="D55" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
       <c r="E55"/>
     </row>
     <row r="56" spans="1:15">
       <c r="A56" t="s">
+        <v>175</v>
+      </c>
+      <c r="B56" t="s">
         <v>176</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
+        <v>17</v>
+      </c>
+      <c r="D56" t="s">
         <v>177</v>
-      </c>
-[...4 lines deleted...]
-        <v>178</v>
       </c>
       <c r="E56"/>
     </row>
     <row r="57" spans="1:15">
       <c r="A57" t="s">
+        <v>178</v>
+      </c>
+      <c r="B57" t="s">
         <v>179</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>180</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="E57"/>
     </row>
     <row r="58" spans="1:15">
       <c r="A58" t="s">
+        <v>182</v>
+      </c>
+      <c r="B58" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="C58" t="s">
         <v>17</v>
       </c>
       <c r="D58" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="E58"/>
     </row>
     <row r="59" spans="1:15">
       <c r="A59" t="s">
+        <v>185</v>
+      </c>
+      <c r="B59" t="s">
         <v>186</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
+        <v>84</v>
+      </c>
+      <c r="D59" t="s">
         <v>187</v>
-      </c>
-[...4 lines deleted...]
-        <v>188</v>
       </c>
       <c r="E59"/>
     </row>
     <row r="60" spans="1:15">
       <c r="A60" t="s">
+        <v>188</v>
+      </c>
+      <c r="B60" t="s">
         <v>189</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="D60" t="s">
         <v>191</v>
       </c>
       <c r="E60"/>
     </row>
     <row r="61" spans="1:15">
       <c r="A61" t="s">
         <v>192</v>
       </c>
       <c r="B61" t="s">
         <v>193</v>
       </c>
       <c r="C61" t="s">
-        <v>28</v>
+        <v>79</v>
       </c>
       <c r="D61" t="s">
         <v>194</v>
       </c>
       <c r="E61"/>
     </row>
     <row r="62" spans="1:15">
       <c r="A62" t="s">
         <v>195</v>
       </c>
       <c r="B62" t="s">
         <v>196</v>
       </c>
       <c r="C62" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="D62" t="s">
         <v>197</v>
       </c>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:15">
       <c r="A63" t="s">
         <v>198</v>
       </c>
       <c r="B63" t="s">
         <v>199</v>
       </c>
       <c r="C63" t="s">
-        <v>17</v>
+        <v>79</v>
       </c>
       <c r="D63" t="s">
-        <v>200</v>
+        <v>112</v>
       </c>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:15">
       <c r="A64" t="s">
+        <v>200</v>
+      </c>
+      <c r="B64" t="s">
         <v>201</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
+        <v>49</v>
+      </c>
+      <c r="D64" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
       <c r="E64"/>
     </row>
     <row r="65" spans="1:15">
       <c r="A65" t="s">
         <v>203</v>
       </c>
       <c r="B65" t="s">
         <v>204</v>
       </c>
       <c r="C65" t="s">
-        <v>158</v>
+        <v>205</v>
       </c>
       <c r="D65" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E65"/>
     </row>
     <row r="66" spans="1:15">
       <c r="A66" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B66" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C66" t="s">
-        <v>208</v>
+        <v>53</v>
       </c>
       <c r="D66" t="s">
-        <v>209</v>
+        <v>97</v>
       </c>
       <c r="E66"/>
     </row>
     <row r="67" spans="1:15">
       <c r="A67" t="s">
+        <v>209</v>
+      </c>
+      <c r="B67" t="s">
         <v>210</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67" t="s">
-        <v>147</v>
+        <v>29</v>
       </c>
       <c r="D67" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="E67"/>
     </row>
     <row r="68" spans="1:15">
       <c r="A68" t="s">
+        <v>211</v>
+      </c>
+      <c r="B68" t="s">
         <v>212</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
+        <v>41</v>
+      </c>
+      <c r="D68" t="s">
         <v>213</v>
-      </c>
-[...4 lines deleted...]
-        <v>214</v>
       </c>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:15">
       <c r="A69" t="s">
+        <v>214</v>
+      </c>
+      <c r="B69" t="s">
         <v>215</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>216</v>
       </c>
-      <c r="C69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D69" t="s">
-        <v>133</v>
+        <v>104</v>
       </c>
       <c r="E69"/>
     </row>
     <row r="70" spans="1:15">
       <c r="A70" t="s">
+        <v>217</v>
+      </c>
+      <c r="B70" t="s">
         <v>218</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
+        <v>49</v>
+      </c>
+      <c r="D70" t="s">
         <v>219</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
       <c r="E70"/>
     </row>
     <row r="71" spans="1:15">
       <c r="A71" t="s">
         <v>220</v>
       </c>
       <c r="B71" t="s">
         <v>221</v>
       </c>
       <c r="C71" t="s">
-        <v>32</v>
+        <v>190</v>
       </c>
       <c r="D71" t="s">
         <v>222</v>
       </c>
       <c r="E71"/>
     </row>
     <row r="72" spans="1:15">
       <c r="A72" t="s">
         <v>223</v>
       </c>
       <c r="B72" t="s">
         <v>224</v>
       </c>
       <c r="C72" t="s">
-        <v>104</v>
+        <v>75</v>
       </c>
       <c r="D72" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:15">
       <c r="A73" t="s">
         <v>225</v>
       </c>
       <c r="B73" t="s">
         <v>226</v>
       </c>
       <c r="C73" t="s">
-        <v>151</v>
+        <v>227</v>
       </c>
       <c r="D73" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E73"/>
     </row>
     <row r="74" spans="1:15">
       <c r="A74" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B74" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C74" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="D74" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:15">
       <c r="A75" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B75" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C75" t="s">
-        <v>158</v>
+        <v>25</v>
       </c>
       <c r="D75" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E75"/>
     </row>
     <row r="76" spans="1:15">
       <c r="A76" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B76" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C76" t="s">
-        <v>147</v>
+        <v>57</v>
       </c>
       <c r="D76" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E76"/>
     </row>
     <row r="77" spans="1:15">
       <c r="A77" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B77" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C77" t="s">
-        <v>17</v>
+        <v>139</v>
       </c>
       <c r="D77" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E77"/>
     </row>
     <row r="78" spans="1:15">
       <c r="A78" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B78" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C78" t="s">
-        <v>9</v>
+        <v>243</v>
       </c>
       <c r="D78" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="E78"/>
     </row>
     <row r="79" spans="1:15">
       <c r="A79" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B79" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C79" t="s">
-        <v>127</v>
+        <v>75</v>
       </c>
       <c r="D79" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="E79"/>
     </row>
     <row r="80" spans="1:15">
       <c r="A80" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B80" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C80" t="s">
-        <v>17</v>
+        <v>190</v>
       </c>
       <c r="D80" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="E80"/>
     </row>
     <row r="81" spans="1:15">
       <c r="A81" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B81" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C81" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="D81" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="E81"/>
     </row>
     <row r="82" spans="1:15">
       <c r="A82" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B82" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C82" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D82" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="E82"/>
     </row>
     <row r="83" spans="1:15">
       <c r="A83" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B83" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C83" t="s">
-        <v>104</v>
+        <v>25</v>
       </c>
       <c r="D83" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="E83"/>
     </row>
     <row r="84" spans="1:15">
       <c r="A84" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B84" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C84" t="s">
         <v>17</v>
       </c>
       <c r="D84" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="E84"/>
     </row>
     <row r="85" spans="1:15">
       <c r="A85" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B85" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C85" t="s">
-        <v>158</v>
+        <v>79</v>
       </c>
       <c r="D85" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="E85"/>
     </row>
     <row r="86" spans="1:15">
       <c r="A86" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="B86" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="C86" t="s">
-        <v>127</v>
+        <v>53</v>
       </c>
       <c r="D86" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="E86"/>
     </row>
     <row r="87" spans="1:15">
       <c r="A87" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="B87" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="C87" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D87" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="E87"/>
     </row>
     <row r="88" spans="1:15">
       <c r="A88" t="s">
+        <v>272</v>
+      </c>
+      <c r="B88" t="s">
+        <v>273</v>
+      </c>
+      <c r="C88" t="s">
+        <v>190</v>
+      </c>
+      <c r="D88" t="s">
         <v>268</v>
-      </c>
-[...7 lines deleted...]
-        <v>264</v>
       </c>
       <c r="E88"/>
     </row>
     <row r="89" spans="1:15">
       <c r="A89" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="B89" t="s">
+        <v>275</v>
+      </c>
+      <c r="C89" t="s">
+        <v>53</v>
+      </c>
+      <c r="D89" t="s">
         <v>271</v>
-      </c>
-[...4 lines deleted...]
-        <v>267</v>
       </c>
       <c r="E89"/>
     </row>
     <row r="90" spans="1:15">
       <c r="A90" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="B90" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="C90" t="s">
-        <v>32</v>
+        <v>139</v>
       </c>
       <c r="D90" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="E90"/>
     </row>
     <row r="91" spans="1:15">
       <c r="A91" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="B91" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C91" t="s">
-        <v>104</v>
+        <v>139</v>
       </c>
       <c r="D91" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="E91"/>
     </row>
     <row r="92" spans="1:15">
       <c r="A92" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="B92" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="C92" t="s">
-        <v>151</v>
+        <v>190</v>
       </c>
       <c r="D92" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="E92"/>
     </row>
     <row r="93" spans="1:15">
       <c r="A93" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="B93" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="C93" t="s">
-        <v>147</v>
+        <v>25</v>
       </c>
       <c r="D93" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="E93"/>
     </row>
     <row r="94" spans="1:15">
       <c r="A94" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="B94" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="C94" t="s">
-        <v>62</v>
+        <v>139</v>
       </c>
       <c r="D94" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="E94"/>
     </row>
     <row r="95" spans="1:15">
       <c r="A95" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="B95" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="C95" t="s">
         <v>17</v>
       </c>
       <c r="D95" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="E95"/>
     </row>
     <row r="96" spans="1:15">
       <c r="A96" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B96" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="C96" t="s">
-        <v>28</v>
+        <v>190</v>
       </c>
       <c r="D96" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="E96"/>
     </row>
     <row r="97" spans="1:15">
       <c r="A97" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="B97" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="C97" t="s">
-        <v>119</v>
+        <v>190</v>
       </c>
       <c r="D97" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="E97"/>
     </row>
     <row r="98" spans="1:15">
       <c r="A98" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="B98" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C98" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="D98" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="E98"/>
     </row>
     <row r="99" spans="1:15">
       <c r="A99" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="B99" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="C99" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="D99" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="E99"/>
     </row>
     <row r="100" spans="1:15">
       <c r="A100" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="B100" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="C100" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="D100" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="E100"/>
     </row>
     <row r="101" spans="1:15">
       <c r="A101" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="B101" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="C101" t="s">
-        <v>9</v>
+        <v>227</v>
       </c>
       <c r="D101" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="E101"/>
     </row>
     <row r="102" spans="1:15">
       <c r="A102" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="B102" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C102" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D102" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="E102"/>
     </row>
     <row r="103" spans="1:15">
       <c r="A103" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="B103" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="C103" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="D103" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="E103"/>
     </row>
     <row r="104" spans="1:15">
       <c r="A104" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B104" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C104" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="D104" t="s">
-        <v>314</v>
+        <v>101</v>
       </c>
       <c r="E104"/>
     </row>
     <row r="105" spans="1:15">
       <c r="A105" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="B105" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="C105" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="D105" t="s">
-        <v>317</v>
+        <v>104</v>
       </c>
       <c r="E105"/>
     </row>
     <row r="106" spans="1:15">
       <c r="A106" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="B106" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C106" t="s">
-        <v>158</v>
+        <v>84</v>
       </c>
       <c r="D106" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="E106"/>
     </row>
     <row r="107" spans="1:15">
       <c r="A107" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B107" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C107" t="s">
-        <v>158</v>
+        <v>190</v>
       </c>
       <c r="D107" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="E107"/>
     </row>
     <row r="108" spans="1:15">
       <c r="A108" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B108" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C108" t="s">
-        <v>147</v>
+        <v>53</v>
       </c>
       <c r="D108" t="s">
-        <v>188</v>
+        <v>328</v>
       </c>
       <c r="E108"/>
     </row>
     <row r="109" spans="1:15">
       <c r="A109" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="B109" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="C109" t="s">
-        <v>104</v>
+        <v>45</v>
       </c>
       <c r="D109" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="E109"/>
     </row>
     <row r="110" spans="1:15">
       <c r="A110" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B110" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="C110" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="D110" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="E110"/>
     </row>
     <row r="111" spans="1:15">
       <c r="A111" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="B111" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="C111" t="s">
-        <v>48</v>
+        <v>139</v>
       </c>
       <c r="D111" t="s">
-        <v>188</v>
+        <v>328</v>
       </c>
       <c r="E111"/>
     </row>
     <row r="112" spans="1:15">
       <c r="A112" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="B112" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="C112" t="s">
-        <v>40</v>
+        <v>75</v>
       </c>
       <c r="D112" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="E112"/>
     </row>
     <row r="113" spans="1:15">
       <c r="A113" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="B113" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C113" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D113" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="E113"/>
     </row>
     <row r="114" spans="1:15">
       <c r="A114" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="B114" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="C114" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="D114" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="E114"/>
     </row>
     <row r="115" spans="1:15">
       <c r="A115" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="B115" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="C115" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
       <c r="D115" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="E115"/>
     </row>
     <row r="116" spans="1:15">
       <c r="A116" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="B116" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="C116" t="s">
-        <v>127</v>
+        <v>190</v>
       </c>
       <c r="D116" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E116"/>
     </row>
     <row r="117" spans="1:15">
       <c r="A117" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="B117" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C117" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="D117" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="E117"/>
     </row>
     <row r="118" spans="1:15">
       <c r="A118" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B118" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="C118" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="D118" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="E118"/>
     </row>
     <row r="119" spans="1:15">
       <c r="A119" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B119" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="C119" t="s">
-        <v>9</v>
+        <v>360</v>
       </c>
       <c r="D119" t="s">
-        <v>323</v>
+        <v>361</v>
       </c>
       <c r="E119"/>
     </row>
     <row r="120" spans="1:15">
       <c r="A120" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="B120" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="C120" t="s">
-        <v>48</v>
+        <v>243</v>
       </c>
       <c r="D120" t="s">
-        <v>323</v>
+        <v>361</v>
       </c>
       <c r="E120"/>
     </row>
     <row r="121" spans="1:15">
       <c r="A121" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="B121" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="C121" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="D121" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="E121"/>
     </row>
     <row r="122" spans="1:15">
       <c r="A122" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="B122" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="C122" t="s">
-        <v>147</v>
+        <v>53</v>
       </c>
       <c r="D122" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="E122"/>
     </row>
     <row r="123" spans="1:15">
       <c r="A123" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="B123" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="C123" t="s">
-        <v>32</v>
+        <v>67</v>
       </c>
       <c r="D123" t="s">
-        <v>341</v>
+        <v>373</v>
       </c>
       <c r="E123"/>
     </row>
     <row r="124" spans="1:15">
       <c r="A124" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="B124" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="C124" t="s">
-        <v>104</v>
+        <v>25</v>
       </c>
       <c r="D124" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E124"/>
     </row>
     <row r="125" spans="1:15">
       <c r="A125" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B125" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="C125" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
       <c r="D125" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="E125"/>
     </row>
     <row r="126" spans="1:15">
       <c r="A126" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="B126" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="C126" t="s">
-        <v>158</v>
+        <v>17</v>
       </c>
       <c r="D126" t="s">
-        <v>144</v>
+        <v>382</v>
       </c>
       <c r="E126"/>
     </row>
     <row r="127" spans="1:15">
       <c r="A127" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="B127" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="C127" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="D127" t="s">
-        <v>378</v>
+        <v>112</v>
       </c>
       <c r="E127"/>
     </row>
     <row r="128" spans="1:15">
       <c r="A128" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="B128" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="C128" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="D128" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E128"/>
     </row>
     <row r="129" spans="1:15">
       <c r="A129" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="B129" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="C129" t="s">
-        <v>361</v>
+        <v>49</v>
       </c>
       <c r="D129" t="s">
-        <v>116</v>
+        <v>389</v>
       </c>
       <c r="E129"/>
     </row>
     <row r="130" spans="1:15">
       <c r="A130" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="B130" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="C130" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="D130" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="E130"/>
     </row>
     <row r="131" spans="1:15">
       <c r="A131" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="B131" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="C131" t="s">
-        <v>158</v>
+        <v>45</v>
       </c>
       <c r="D131" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="E131"/>
     </row>
     <row r="132" spans="1:15">
       <c r="A132" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="B132" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="C132" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="D132" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="E132"/>
     </row>
     <row r="133" spans="1:15">
       <c r="A133" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
       <c r="B133" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="C133" t="s">
-        <v>40</v>
+        <v>243</v>
       </c>
       <c r="D133" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="E133"/>
     </row>
     <row r="134" spans="1:15">
       <c r="A134" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B134" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="C134" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D134" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="E134"/>
     </row>
     <row r="135" spans="1:15">
       <c r="A135" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="B135" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="C135" t="s">
-        <v>399</v>
+        <v>190</v>
       </c>
       <c r="D135" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="E135"/>
     </row>
     <row r="136" spans="1:15">
       <c r="A136" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="B136" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="C136" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="D136" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="E136"/>
     </row>
     <row r="137" spans="1:15">
       <c r="A137" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="B137" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="C137" t="s">
-        <v>158</v>
+        <v>409</v>
       </c>
       <c r="D137" t="s">
-        <v>394</v>
+        <v>410</v>
       </c>
       <c r="E137"/>
     </row>
     <row r="138" spans="1:15">
       <c r="A138" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="B138" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="C138" t="s">
-        <v>406</v>
+        <v>139</v>
       </c>
       <c r="D138" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="E138"/>
     </row>
     <row r="139" spans="1:15">
       <c r="A139" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="B139" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="C139" t="s">
-        <v>28</v>
+        <v>100</v>
       </c>
       <c r="D139" t="s">
         <v>410</v>
       </c>
       <c r="E139"/>
     </row>
     <row r="140" spans="1:15">
       <c r="A140" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="B140" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="C140" t="s">
+        <v>67</v>
+      </c>
+      <c r="D140" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
       <c r="E140"/>
     </row>
     <row r="141" spans="1:15">
       <c r="A141" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="B141" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="C141" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
       <c r="D141" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="E141"/>
     </row>
     <row r="142" spans="1:15">
       <c r="A142" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="B142" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="C142" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D142" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="E142"/>
     </row>
     <row r="143" spans="1:15">
       <c r="A143" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="B143" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="C143" t="s">
-        <v>399</v>
+        <v>25</v>
       </c>
       <c r="D143" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="E143"/>
     </row>
     <row r="144" spans="1:15">
       <c r="A144" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="B144" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="C144" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="D144" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="E144"/>
     </row>
     <row r="145" spans="1:15">
       <c r="A145" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="B145" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="C145" t="s">
-        <v>151</v>
+        <v>432</v>
       </c>
       <c r="D145" t="s">
-        <v>378</v>
+        <v>433</v>
       </c>
       <c r="E145"/>
     </row>
     <row r="146" spans="1:15">
       <c r="A146" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="B146" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="C146" t="s">
-        <v>48</v>
+        <v>139</v>
       </c>
       <c r="D146" t="s">
-        <v>430</v>
+        <v>382</v>
       </c>
       <c r="E146"/>
     </row>
     <row r="147" spans="1:15">
       <c r="A147" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="B147" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="C147" t="s">
-        <v>104</v>
+        <v>53</v>
       </c>
       <c r="D147" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="E147"/>
     </row>
     <row r="148" spans="1:15">
       <c r="A148" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="B148" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="C148" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="D148" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="E148"/>
     </row>
     <row r="149" spans="1:15">
       <c r="A149" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="B149" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="C149" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="D149" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="E149"/>
     </row>
     <row r="150" spans="1:15">
       <c r="A150" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="B150" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="C150" t="s">
-        <v>17</v>
+        <v>139</v>
       </c>
       <c r="D150" t="s">
-        <v>133</v>
+        <v>447</v>
       </c>
       <c r="E150"/>
     </row>
     <row r="151" spans="1:15">
       <c r="A151" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="B151" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="C151" t="s">
-        <v>444</v>
+        <v>17</v>
       </c>
       <c r="D151" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="E151"/>
     </row>
     <row r="152" spans="1:15">
       <c r="A152" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="B152" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="C152" t="s">
-        <v>119</v>
+        <v>25</v>
       </c>
       <c r="D152" t="s">
-        <v>37</v>
+        <v>130</v>
       </c>
       <c r="E152"/>
     </row>
     <row r="153" spans="1:15">
       <c r="A153" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="B153" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="C153" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="D153" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="E153"/>
     </row>
     <row r="154" spans="1:15">
       <c r="A154" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="B154" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="C154" t="s">
-        <v>28</v>
+        <v>57</v>
       </c>
       <c r="D154" t="s">
-        <v>453</v>
+        <v>34</v>
       </c>
       <c r="E154"/>
     </row>
     <row r="155" spans="1:15">
       <c r="A155" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="B155" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="C155" t="s">
-        <v>158</v>
+        <v>139</v>
       </c>
       <c r="D155" t="s">
-        <v>209</v>
+        <v>38</v>
       </c>
       <c r="E155"/>
     </row>
     <row r="156" spans="1:15">
       <c r="A156" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="B156" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="C156" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D156" t="s">
-        <v>453</v>
+        <v>462</v>
       </c>
       <c r="E156"/>
     </row>
     <row r="157" spans="1:15">
       <c r="A157" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="B157" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="C157" t="s">
-        <v>460</v>
+        <v>57</v>
       </c>
       <c r="D157" t="s">
-        <v>209</v>
+        <v>465</v>
       </c>
       <c r="E157"/>
     </row>
     <row r="158" spans="1:15">
       <c r="A158" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="B158" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="C158" t="s">
-        <v>151</v>
+        <v>17</v>
       </c>
       <c r="D158" t="s">
-        <v>453</v>
+        <v>50</v>
       </c>
       <c r="E158"/>
     </row>
     <row r="159" spans="1:15">
       <c r="A159" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="B159" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="C159" t="s">
-        <v>465</v>
+        <v>9</v>
       </c>
       <c r="D159" t="s">
-        <v>209</v>
+        <v>177</v>
       </c>
       <c r="E159"/>
     </row>
     <row r="160" spans="1:15">
       <c r="A160" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="B160" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="C160" t="s">
-        <v>89</v>
+        <v>37</v>
       </c>
       <c r="D160" t="s">
-        <v>453</v>
+        <v>206</v>
       </c>
       <c r="E160"/>
     </row>
     <row r="161" spans="1:15">
       <c r="A161" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="B161" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="C161" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="D161" t="s">
-        <v>209</v>
+        <v>177</v>
       </c>
       <c r="E161"/>
     </row>
     <row r="162" spans="1:15">
       <c r="A162" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="B162" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="C162" t="s">
-        <v>66</v>
+        <v>476</v>
       </c>
       <c r="D162" t="s">
-        <v>453</v>
+        <v>206</v>
       </c>
       <c r="E162"/>
     </row>
     <row r="163" spans="1:15">
       <c r="A163" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="B163" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="C163" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="D163" t="s">
-        <v>209</v>
+        <v>177</v>
       </c>
       <c r="E163"/>
     </row>
     <row r="164" spans="1:15">
       <c r="A164" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="B164" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="C164" t="s">
-        <v>95</v>
+        <v>481</v>
       </c>
       <c r="D164" t="s">
-        <v>453</v>
+        <v>206</v>
       </c>
       <c r="E164"/>
     </row>
     <row r="165" spans="1:15">
       <c r="A165" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="B165" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="C165" t="s">
-        <v>478</v>
+        <v>243</v>
       </c>
       <c r="D165" t="s">
-        <v>209</v>
+        <v>177</v>
       </c>
       <c r="E165"/>
     </row>
     <row r="166" spans="1:15">
       <c r="A166" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="B166" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="C166" t="s">
-        <v>95</v>
+        <v>57</v>
       </c>
       <c r="D166" t="s">
-        <v>453</v>
+        <v>206</v>
       </c>
       <c r="E166"/>
     </row>
     <row r="167" spans="1:15">
       <c r="A167" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="B167" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="C167" t="s">
-        <v>483</v>
+        <v>49</v>
       </c>
       <c r="D167" t="s">
-        <v>209</v>
+        <v>177</v>
       </c>
       <c r="E167"/>
     </row>
     <row r="168" spans="1:15">
       <c r="A168" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="B168" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="C168" t="s">
-        <v>104</v>
+        <v>75</v>
       </c>
       <c r="D168" t="s">
-        <v>453</v>
+        <v>206</v>
       </c>
       <c r="E168"/>
     </row>
     <row r="169" spans="1:15">
       <c r="A169" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="B169" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="C169" t="s">
-        <v>217</v>
+        <v>57</v>
       </c>
       <c r="D169" t="s">
-        <v>209</v>
+        <v>177</v>
       </c>
       <c r="E169"/>
     </row>
     <row r="170" spans="1:15">
       <c r="A170" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="B170" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="C170" t="s">
-        <v>147</v>
+        <v>133</v>
       </c>
       <c r="D170" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="E170"/>
     </row>
     <row r="171" spans="1:15">
       <c r="A171" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="B171" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="C171" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="D171" t="s">
-        <v>453</v>
+        <v>177</v>
       </c>
       <c r="E171"/>
     </row>
     <row r="172" spans="1:15">
       <c r="A172" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="B172" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="C172" t="s">
-        <v>478</v>
+        <v>498</v>
       </c>
       <c r="D172" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="E172"/>
     </row>
     <row r="173" spans="1:15">
       <c r="A173" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="B173" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="C173" t="s">
-        <v>104</v>
+        <v>45</v>
       </c>
       <c r="D173" t="s">
-        <v>496</v>
+        <v>177</v>
       </c>
       <c r="E173"/>
     </row>
     <row r="174" spans="1:15">
       <c r="A174" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="B174" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="C174" t="s">
-        <v>119</v>
+        <v>503</v>
       </c>
       <c r="D174" t="s">
-        <v>430</v>
+        <v>206</v>
       </c>
       <c r="E174"/>
     </row>
     <row r="175" spans="1:15">
       <c r="A175" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="B175" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="C175" t="s">
-        <v>444</v>
+        <v>84</v>
       </c>
       <c r="D175" t="s">
-        <v>430</v>
+        <v>206</v>
       </c>
       <c r="E175"/>
     </row>
     <row r="176" spans="1:15">
       <c r="A176" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="B176" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="C176" t="s">
-        <v>89</v>
+        <v>67</v>
       </c>
       <c r="D176" t="s">
-        <v>430</v>
+        <v>177</v>
       </c>
       <c r="E176"/>
     </row>
     <row r="177" spans="1:15">
       <c r="A177" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="B177" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="C177" t="s">
-        <v>505</v>
+        <v>481</v>
       </c>
       <c r="D177" t="s">
-        <v>506</v>
+        <v>206</v>
       </c>
       <c r="E177"/>
     </row>
     <row r="178" spans="1:15">
       <c r="A178" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="B178" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="C178" t="s">
-        <v>509</v>
+        <v>45</v>
       </c>
       <c r="D178" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="E178"/>
     </row>
     <row r="179" spans="1:15">
       <c r="A179" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="B179" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="C179" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="D179" t="s">
-        <v>335</v>
+        <v>438</v>
       </c>
       <c r="E179"/>
     </row>
     <row r="180" spans="1:15">
       <c r="A180" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="B180" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="C180" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="D180" t="s">
-        <v>515</v>
+        <v>438</v>
       </c>
       <c r="E180"/>
     </row>
     <row r="181" spans="1:15">
       <c r="A181" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B181" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C181" t="s">
-        <v>119</v>
+        <v>75</v>
       </c>
       <c r="D181" t="s">
-        <v>518</v>
+        <v>438</v>
       </c>
       <c r="E181"/>
     </row>
     <row r="182" spans="1:15">
       <c r="A182" t="s">
         <v>519</v>
       </c>
       <c r="B182" t="s">
         <v>520</v>
       </c>
       <c r="C182" t="s">
-        <v>158</v>
+        <v>521</v>
       </c>
       <c r="D182" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="E182"/>
     </row>
     <row r="183" spans="1:15">
       <c r="A183" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B183" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C183" t="s">
-        <v>127</v>
+        <v>521</v>
       </c>
       <c r="D183" t="s">
-        <v>524</v>
+        <v>420</v>
       </c>
       <c r="E183"/>
     </row>
     <row r="184" spans="1:15">
       <c r="A184" t="s">
         <v>525</v>
       </c>
       <c r="B184" t="s">
         <v>526</v>
       </c>
       <c r="C184" t="s">
-        <v>127</v>
+        <v>41</v>
       </c>
       <c r="D184" t="s">
-        <v>524</v>
+        <v>357</v>
       </c>
       <c r="E184"/>
     </row>
     <row r="185" spans="1:15">
       <c r="A185" t="s">
         <v>527</v>
       </c>
       <c r="B185" t="s">
         <v>528</v>
       </c>
       <c r="C185" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="D185" t="s">
         <v>529</v>
       </c>
       <c r="E185"/>
     </row>
     <row r="186" spans="1:15">
       <c r="A186" t="s">
         <v>530</v>
       </c>
       <c r="B186" t="s">
         <v>531</v>
       </c>
       <c r="C186" t="s">
-        <v>151</v>
+        <v>67</v>
       </c>
       <c r="D186" t="s">
-        <v>110</v>
+        <v>532</v>
       </c>
       <c r="E186"/>
     </row>
     <row r="187" spans="1:15">
       <c r="A187" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B187" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C187" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D187" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="E187"/>
     </row>
     <row r="188" spans="1:15">
       <c r="A188" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B188" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C188" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="D188" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="E188"/>
     </row>
     <row r="189" spans="1:15">
       <c r="A189" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B189" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C189" t="s">
-        <v>147</v>
+        <v>53</v>
       </c>
       <c r="D189" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="E189"/>
     </row>
     <row r="190" spans="1:15">
       <c r="A190" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B190" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="C190" t="s">
-        <v>151</v>
+        <v>79</v>
       </c>
       <c r="D190" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="E190"/>
     </row>
     <row r="191" spans="1:15">
       <c r="A191" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B191" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C191" t="s">
-        <v>151</v>
+        <v>53</v>
       </c>
       <c r="D191" t="s">
-        <v>540</v>
+        <v>109</v>
       </c>
       <c r="E191"/>
     </row>
     <row r="192" spans="1:15">
       <c r="A192" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B192" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C192" t="s">
-        <v>104</v>
+        <v>139</v>
       </c>
       <c r="D192" t="s">
-        <v>524</v>
+        <v>548</v>
       </c>
       <c r="E192"/>
     </row>
     <row r="193" spans="1:15">
       <c r="A193" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="B193" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C193" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="D193" t="s">
-        <v>529</v>
+        <v>551</v>
       </c>
       <c r="E193"/>
     </row>
     <row r="194" spans="1:15">
       <c r="A194" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="B194" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="C194" t="s">
-        <v>151</v>
+        <v>45</v>
       </c>
       <c r="D194" t="s">
-        <v>524</v>
+        <v>554</v>
       </c>
       <c r="E194"/>
     </row>
     <row r="195" spans="1:15">
       <c r="A195" t="s">
+        <v>555</v>
+      </c>
+      <c r="B195" t="s">
+        <v>556</v>
+      </c>
+      <c r="C195" t="s">
+        <v>190</v>
+      </c>
+      <c r="D195" t="s">
         <v>551</v>
-      </c>
-[...7 lines deleted...]
-        <v>529</v>
       </c>
       <c r="E195"/>
     </row>
     <row r="196" spans="1:15">
       <c r="A196" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="B196" t="s">
+        <v>558</v>
+      </c>
+      <c r="C196" t="s">
+        <v>67</v>
+      </c>
+      <c r="D196" t="s">
         <v>554</v>
-      </c>
-[...4 lines deleted...]
-        <v>524</v>
       </c>
       <c r="E196"/>
     </row>
     <row r="197" spans="1:15">
       <c r="A197" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B197" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="C197" t="s">
-        <v>104</v>
+        <v>45</v>
       </c>
       <c r="D197" t="s">
-        <v>529</v>
+        <v>538</v>
       </c>
       <c r="E197"/>
     </row>
     <row r="198" spans="1:15">
       <c r="A198" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="B198" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="C198" t="s">
-        <v>17</v>
+        <v>139</v>
       </c>
       <c r="D198" t="s">
-        <v>524</v>
+        <v>538</v>
       </c>
       <c r="E198"/>
     </row>
     <row r="199" spans="1:15">
       <c r="A199" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="B199" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="C199" t="s">
-        <v>66</v>
+        <v>49</v>
       </c>
       <c r="D199" t="s">
-        <v>529</v>
+        <v>541</v>
       </c>
       <c r="E199"/>
     </row>
     <row r="200" spans="1:15">
       <c r="A200" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="B200" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="C200" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="D200" t="s">
-        <v>168</v>
+        <v>538</v>
       </c>
       <c r="E200"/>
     </row>
     <row r="201" spans="1:15">
       <c r="A201" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="B201" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="C201" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="D201" t="s">
-        <v>565</v>
+        <v>538</v>
       </c>
       <c r="E201"/>
     </row>
     <row r="202" spans="1:15">
       <c r="A202" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="B202" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="C202" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="D202" t="s">
-        <v>568</v>
+        <v>541</v>
       </c>
       <c r="E202"/>
     </row>
     <row r="203" spans="1:15">
       <c r="A203" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="B203" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="C203" t="s">
-        <v>571</v>
+        <v>79</v>
       </c>
       <c r="D203" t="s">
-        <v>572</v>
+        <v>159</v>
       </c>
       <c r="E203"/>
     </row>
     <row r="204" spans="1:15">
       <c r="A204" t="s">
         <v>573</v>
       </c>
       <c r="B204" t="s">
         <v>574</v>
       </c>
       <c r="C204" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D204" t="s">
         <v>575</v>
       </c>
       <c r="E204"/>
     </row>
     <row r="205" spans="1:15">
       <c r="A205" t="s">
         <v>576</v>
       </c>
       <c r="B205" t="s">
         <v>577</v>
       </c>
       <c r="C205" t="s">
+        <v>243</v>
+      </c>
+      <c r="D205" t="s">
         <v>578</v>
-      </c>
-[...1 lines deleted...]
-        <v>579</v>
       </c>
       <c r="E205"/>
     </row>
     <row r="206" spans="1:15">
       <c r="A206" t="s">
+        <v>579</v>
+      </c>
+      <c r="B206" t="s">
         <v>580</v>
       </c>
-      <c r="B206" t="s">
+      <c r="C206" t="s">
         <v>581</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="D206" t="s">
         <v>582</v>
       </c>
       <c r="E206"/>
     </row>
     <row r="207" spans="1:15">
       <c r="A207" t="s">
         <v>583</v>
       </c>
       <c r="B207" t="s">
         <v>584</v>
       </c>
       <c r="C207" t="s">
-        <v>66</v>
+        <v>49</v>
       </c>
       <c r="D207" t="s">
         <v>585</v>
       </c>
       <c r="E207"/>
     </row>
     <row r="208" spans="1:15">
       <c r="A208" t="s">
         <v>586</v>
       </c>
       <c r="B208" t="s">
         <v>587</v>
       </c>
       <c r="C208" t="s">
-        <v>55</v>
+        <v>588</v>
       </c>
       <c r="D208" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="E208"/>
     </row>
     <row r="209" spans="1:15">
       <c r="A209" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B209" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C209" t="s">
-        <v>151</v>
+        <v>67</v>
       </c>
       <c r="D209" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E209"/>
     </row>
     <row r="210" spans="1:15">
       <c r="A210" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B210" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C210" t="s">
-        <v>28</v>
+        <v>57</v>
       </c>
       <c r="D210" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="E210"/>
     </row>
     <row r="211" spans="1:15">
       <c r="A211" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B211" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C211" t="s">
-        <v>597</v>
+        <v>139</v>
       </c>
       <c r="D211" t="s">
-        <v>510</v>
+        <v>598</v>
       </c>
       <c r="E211"/>
     </row>
     <row r="212" spans="1:15">
       <c r="A212" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B212" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C212" t="s">
-        <v>95</v>
+        <v>190</v>
       </c>
       <c r="D212" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="E212"/>
     </row>
     <row r="213" spans="1:15">
       <c r="A213" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B213" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C213" t="s">
-        <v>171</v>
+        <v>604</v>
       </c>
       <c r="D213" t="s">
-        <v>603</v>
+        <v>420</v>
       </c>
       <c r="E213"/>
     </row>
     <row r="214" spans="1:15">
       <c r="A214" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B214" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C214" t="s">
-        <v>147</v>
+        <v>17</v>
       </c>
       <c r="D214" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="E214"/>
     </row>
     <row r="215" spans="1:15">
       <c r="A215" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B215" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C215" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="D215" t="s">
-        <v>609</v>
+        <v>271</v>
       </c>
       <c r="E215"/>
     </row>
     <row r="216" spans="1:15">
       <c r="A216" t="s">
         <v>610</v>
       </c>
       <c r="B216" t="s">
         <v>611</v>
       </c>
       <c r="C216" t="s">
-        <v>465</v>
+        <v>84</v>
       </c>
       <c r="D216" t="s">
         <v>612</v>
       </c>
       <c r="E216"/>
     </row>
     <row r="217" spans="1:15">
       <c r="A217" t="s">
         <v>613</v>
       </c>
       <c r="B217" t="s">
         <v>614</v>
       </c>
       <c r="C217" t="s">
-        <v>55</v>
+        <v>75</v>
       </c>
       <c r="D217" t="s">
-        <v>453</v>
+        <v>615</v>
       </c>
       <c r="E217"/>
     </row>
     <row r="218" spans="1:15">
       <c r="A218" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B218" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C218" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D218" t="s">
-        <v>209</v>
+        <v>619</v>
       </c>
       <c r="E218"/>
     </row>
     <row r="219" spans="1:15">
       <c r="A219" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B219" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="C219" t="s">
-        <v>620</v>
+        <v>84</v>
       </c>
       <c r="D219" t="s">
-        <v>621</v>
+        <v>177</v>
       </c>
       <c r="E219"/>
     </row>
     <row r="220" spans="1:15">
       <c r="A220" t="s">
         <v>622</v>
       </c>
       <c r="B220" t="s">
         <v>623</v>
       </c>
       <c r="C220" t="s">
-        <v>89</v>
+        <v>624</v>
       </c>
       <c r="D220" t="s">
-        <v>624</v>
+        <v>206</v>
       </c>
       <c r="E220"/>
     </row>
     <row r="221" spans="1:15">
       <c r="A221" t="s">
         <v>625</v>
       </c>
       <c r="B221" t="s">
         <v>626</v>
       </c>
       <c r="C221" t="s">
         <v>627</v>
       </c>
       <c r="D221" t="s">
         <v>628</v>
       </c>
       <c r="E221"/>
     </row>
     <row r="222" spans="1:15">
       <c r="A222" t="s">
         <v>629</v>
       </c>
       <c r="B222" t="s">
         <v>630</v>
       </c>
       <c r="C222" t="s">
-        <v>28</v>
+        <v>631</v>
       </c>
       <c r="D222" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="E222"/>
     </row>
     <row r="223" spans="1:15">
       <c r="A223" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B223" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C223" t="s">
-        <v>17</v>
+        <v>635</v>
       </c>
       <c r="D223" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="E223"/>
     </row>
     <row r="224" spans="1:15">
       <c r="A224" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="B224" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="C224" t="s">
-        <v>151</v>
+        <v>25</v>
       </c>
       <c r="D224" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="E224"/>
     </row>
     <row r="225" spans="1:15">
       <c r="A225" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="B225" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="C225" t="s">
-        <v>640</v>
+        <v>53</v>
       </c>
       <c r="D225" t="s">
-        <v>63</v>
+        <v>642</v>
       </c>
       <c r="E225"/>
     </row>
     <row r="226" spans="1:15">
       <c r="A226" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="B226" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="C226" t="s">
-        <v>95</v>
+        <v>25</v>
       </c>
       <c r="D226" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="E226"/>
     </row>
     <row r="227" spans="1:15">
       <c r="A227" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="B227" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="C227" t="s">
-        <v>28</v>
+        <v>79</v>
       </c>
       <c r="D227" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="E227"/>
     </row>
     <row r="228" spans="1:15">
       <c r="A228" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="B228" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="C228" t="s">
-        <v>127</v>
+        <v>651</v>
       </c>
       <c r="D228" t="s">
-        <v>649</v>
+        <v>64</v>
       </c>
       <c r="E228"/>
     </row>
     <row r="229" spans="1:15">
       <c r="A229" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="B229" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="C229" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="D229" t="s">
-        <v>155</v>
+        <v>127</v>
       </c>
       <c r="E229"/>
     </row>
     <row r="230" spans="1:15">
       <c r="A230" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="B230" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="C230" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="D230" t="s">
-        <v>654</v>
+        <v>130</v>
       </c>
       <c r="E230"/>
     </row>
     <row r="231" spans="1:15">
       <c r="A231" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B231" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C231" t="s">
-        <v>151</v>
+        <v>79</v>
       </c>
       <c r="D231" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="E231"/>
     </row>
     <row r="232" spans="1:15">
       <c r="A232" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B232" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C232" t="s">
-        <v>127</v>
+        <v>25</v>
       </c>
       <c r="D232" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="E232"/>
     </row>
     <row r="233" spans="1:15">
       <c r="A233" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="B233" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="C233" t="s">
-        <v>104</v>
+        <v>45</v>
       </c>
       <c r="D233" t="s">
-        <v>663</v>
+        <v>146</v>
       </c>
       <c r="E233"/>
     </row>
     <row r="234" spans="1:15">
       <c r="A234" t="s">
         <v>664</v>
       </c>
       <c r="B234" t="s">
         <v>665</v>
       </c>
       <c r="C234" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="D234" t="s">
         <v>666</v>
       </c>
       <c r="E234"/>
     </row>
     <row r="235" spans="1:15">
       <c r="A235" t="s">
         <v>667</v>
       </c>
       <c r="B235" t="s">
         <v>668</v>
       </c>
       <c r="C235" t="s">
-        <v>32</v>
+        <v>190</v>
       </c>
       <c r="D235" t="s">
         <v>669</v>
       </c>
       <c r="E235"/>
     </row>
     <row r="236" spans="1:15">
       <c r="A236" t="s">
         <v>670</v>
       </c>
       <c r="B236" t="s">
         <v>671</v>
       </c>
       <c r="C236" t="s">
-        <v>104</v>
+        <v>67</v>
       </c>
       <c r="D236" t="s">
         <v>672</v>
       </c>
       <c r="E236"/>
     </row>
     <row r="237" spans="1:15">
       <c r="A237" t="s">
         <v>673</v>
       </c>
       <c r="B237" t="s">
         <v>674</v>
       </c>
       <c r="C237" t="s">
-        <v>151</v>
+        <v>25</v>
       </c>
       <c r="D237" t="s">
         <v>675</v>
       </c>
       <c r="E237"/>
     </row>
     <row r="238" spans="1:15">
       <c r="A238" t="s">
         <v>676</v>
       </c>
       <c r="B238" t="s">
         <v>677</v>
       </c>
       <c r="C238" t="s">
-        <v>28</v>
+        <v>79</v>
       </c>
       <c r="D238" t="s">
         <v>678</v>
       </c>
       <c r="E238"/>
     </row>
     <row r="239" spans="1:15">
       <c r="A239" t="s">
         <v>679</v>
       </c>
       <c r="B239" t="s">
         <v>680</v>
       </c>
       <c r="C239" t="s">
-        <v>17</v>
+        <v>190</v>
       </c>
       <c r="D239" t="s">
         <v>681</v>
       </c>
       <c r="E239"/>
     </row>
     <row r="240" spans="1:15">
       <c r="A240" t="s">
         <v>682</v>
       </c>
       <c r="B240" t="s">
         <v>683</v>
       </c>
       <c r="C240" t="s">
-        <v>151</v>
+        <v>79</v>
       </c>
       <c r="D240" t="s">
-        <v>29</v>
+        <v>684</v>
       </c>
       <c r="E240"/>
     </row>
     <row r="241" spans="1:15">
       <c r="A241" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="B241" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C241" t="s">
-        <v>32</v>
+        <v>190</v>
       </c>
       <c r="D241" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="E241"/>
     </row>
     <row r="242" spans="1:15">
       <c r="A242" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="B242" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C242" t="s">
-        <v>689</v>
+        <v>190</v>
       </c>
       <c r="D242" t="s">
         <v>690</v>
       </c>
       <c r="E242"/>
     </row>
     <row r="243" spans="1:15">
       <c r="A243" t="s">
         <v>691</v>
       </c>
       <c r="B243" t="s">
         <v>692</v>
       </c>
       <c r="C243" t="s">
+        <v>190</v>
+      </c>
+      <c r="D243" t="s">
         <v>693</v>
-      </c>
-[...1 lines deleted...]
-        <v>694</v>
       </c>
       <c r="E243"/>
     </row>
     <row r="244" spans="1:15">
       <c r="A244" t="s">
+        <v>694</v>
+      </c>
+      <c r="B244" t="s">
         <v>695</v>
       </c>
-      <c r="B244" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C244" t="s">
-        <v>158</v>
+        <v>79</v>
       </c>
       <c r="D244" t="s">
-        <v>697</v>
+        <v>30</v>
       </c>
       <c r="E244"/>
     </row>
     <row r="245" spans="1:15">
       <c r="A245" t="s">
+        <v>696</v>
+      </c>
+      <c r="B245" t="s">
+        <v>697</v>
+      </c>
+      <c r="C245" t="s">
+        <v>13</v>
+      </c>
+      <c r="D245" t="s">
         <v>698</v>
-      </c>
-[...7 lines deleted...]
-        <v>700</v>
       </c>
       <c r="E245"/>
     </row>
     <row r="246" spans="1:15">
       <c r="A246" t="s">
+        <v>699</v>
+      </c>
+      <c r="B246" t="s">
+        <v>700</v>
+      </c>
+      <c r="C246" t="s">
         <v>701</v>
       </c>
-      <c r="B246" t="s">
+      <c r="D246" t="s">
         <v>702</v>
-      </c>
-[...4 lines deleted...]
-        <v>704</v>
       </c>
       <c r="E246"/>
     </row>
     <row r="247" spans="1:15">
       <c r="A247" t="s">
+        <v>703</v>
+      </c>
+      <c r="B247" t="s">
+        <v>704</v>
+      </c>
+      <c r="C247" t="s">
+        <v>49</v>
+      </c>
+      <c r="D247" t="s">
         <v>705</v>
-      </c>
-[...7 lines deleted...]
-        <v>694</v>
       </c>
       <c r="E247"/>
     </row>
     <row r="248" spans="1:15">
       <c r="A248" t="s">
+        <v>706</v>
+      </c>
+      <c r="B248" t="s">
+        <v>707</v>
+      </c>
+      <c r="C248" t="s">
+        <v>29</v>
+      </c>
+      <c r="D248" t="s">
         <v>708</v>
-      </c>
-[...7 lines deleted...]
-        <v>697</v>
       </c>
       <c r="E248"/>
     </row>
     <row r="249" spans="1:15">
       <c r="A249" t="s">
+        <v>709</v>
+      </c>
+      <c r="B249" t="s">
         <v>710</v>
       </c>
-      <c r="B249" t="s">
+      <c r="C249" t="s">
         <v>711</v>
       </c>
-      <c r="C249" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D249" t="s">
-        <v>700</v>
+        <v>712</v>
       </c>
       <c r="E249"/>
     </row>
     <row r="250" spans="1:15">
       <c r="A250" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B250" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="C250" t="s">
-        <v>66</v>
+        <v>715</v>
       </c>
       <c r="D250" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="E250"/>
     </row>
     <row r="251" spans="1:15">
       <c r="A251" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="B251" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="C251" t="s">
-        <v>716</v>
+        <v>139</v>
       </c>
       <c r="D251" t="s">
-        <v>717</v>
+        <v>705</v>
       </c>
       <c r="E251"/>
     </row>
     <row r="252" spans="1:15">
       <c r="A252" t="s">
         <v>718</v>
       </c>
       <c r="B252" t="s">
         <v>719</v>
       </c>
       <c r="C252" t="s">
-        <v>151</v>
+        <v>190</v>
       </c>
       <c r="D252" t="s">
-        <v>720</v>
+        <v>708</v>
       </c>
       <c r="E252"/>
     </row>
     <row r="253" spans="1:15">
       <c r="A253" t="s">
+        <v>720</v>
+      </c>
+      <c r="B253" t="s">
         <v>721</v>
       </c>
-      <c r="B253" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C253" t="s">
-        <v>119</v>
+        <v>180</v>
       </c>
       <c r="D253" t="s">
-        <v>370</v>
+        <v>712</v>
       </c>
       <c r="E253"/>
     </row>
     <row r="254" spans="1:15">
       <c r="A254" t="s">
+        <v>722</v>
+      </c>
+      <c r="B254" t="s">
         <v>723</v>
       </c>
-      <c r="B254" t="s">
+      <c r="C254" t="s">
         <v>724</v>
       </c>
-      <c r="C254" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D254" t="s">
-        <v>373</v>
+        <v>725</v>
       </c>
       <c r="E254"/>
     </row>
     <row r="255" spans="1:15">
       <c r="A255" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="B255" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C255" t="s">
-        <v>127</v>
+        <v>79</v>
       </c>
       <c r="D255" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="E255"/>
     </row>
     <row r="256" spans="1:15">
       <c r="A256" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="B256" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="C256" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="D256" t="s">
-        <v>730</v>
+        <v>54</v>
       </c>
       <c r="E256"/>
     </row>
     <row r="257" spans="1:15">
       <c r="A257" t="s">
         <v>731</v>
       </c>
       <c r="B257" t="s">
         <v>732</v>
       </c>
       <c r="C257" t="s">
-        <v>127</v>
+        <v>87</v>
       </c>
       <c r="D257" t="s">
-        <v>727</v>
+        <v>120</v>
       </c>
       <c r="E257"/>
     </row>
     <row r="258" spans="1:15">
       <c r="A258" t="s">
         <v>733</v>
       </c>
       <c r="B258" t="s">
         <v>734</v>
       </c>
       <c r="C258" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="D258" t="s">
-        <v>730</v>
+        <v>735</v>
       </c>
       <c r="E258"/>
     </row>
     <row r="259" spans="1:15">
       <c r="A259" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="B259" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C259" t="s">
-        <v>28</v>
+        <v>190</v>
       </c>
       <c r="D259" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="E259"/>
     </row>
     <row r="260" spans="1:15">
       <c r="A260" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="B260" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="C260" t="s">
-        <v>48</v>
+        <v>190</v>
       </c>
       <c r="D260" t="s">
-        <v>740</v>
+        <v>735</v>
       </c>
       <c r="E260"/>
     </row>
     <row r="261" spans="1:15">
       <c r="A261" t="s">
         <v>741</v>
       </c>
       <c r="B261" t="s">
         <v>742</v>
       </c>
       <c r="C261" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="D261" t="s">
-        <v>743</v>
+        <v>738</v>
       </c>
       <c r="E261"/>
     </row>
     <row r="262" spans="1:15">
       <c r="A262" t="s">
+        <v>743</v>
+      </c>
+      <c r="B262" t="s">
         <v>744</v>
       </c>
-      <c r="B262" t="s">
+      <c r="C262" t="s">
+        <v>25</v>
+      </c>
+      <c r="D262" t="s">
         <v>745</v>
-      </c>
-[...4 lines deleted...]
-        <v>188</v>
       </c>
       <c r="E262"/>
     </row>
     <row r="263" spans="1:15">
       <c r="A263" t="s">
         <v>746</v>
       </c>
       <c r="B263" t="s">
         <v>747</v>
       </c>
       <c r="C263" t="s">
-        <v>147</v>
+        <v>25</v>
       </c>
       <c r="D263" t="s">
         <v>748</v>
       </c>
       <c r="E263"/>
     </row>
     <row r="264" spans="1:15">
       <c r="A264" t="s">
         <v>749</v>
       </c>
       <c r="B264" t="s">
         <v>750</v>
       </c>
       <c r="C264" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D264" t="s">
-        <v>370</v>
+        <v>751</v>
       </c>
       <c r="E264"/>
     </row>
     <row r="265" spans="1:15">
       <c r="A265" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B265" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C265" t="s">
-        <v>151</v>
+        <v>9</v>
       </c>
       <c r="D265" t="s">
-        <v>373</v>
+        <v>754</v>
       </c>
       <c r="E265"/>
     </row>
     <row r="266" spans="1:15">
       <c r="A266" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="B266" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="C266" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="D266" t="s">
-        <v>755</v>
+        <v>181</v>
       </c>
       <c r="E266"/>
     </row>
     <row r="267" spans="1:15">
       <c r="A267" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="B267" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C267" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="D267" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="E267"/>
     </row>
     <row r="268" spans="1:15">
       <c r="A268" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="B268" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="C268" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="D268" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="E268"/>
     </row>
     <row r="269" spans="1:15">
       <c r="A269" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="B269" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="C269" t="s">
-        <v>158</v>
+        <v>79</v>
       </c>
       <c r="D269" t="s">
-        <v>697</v>
+        <v>765</v>
       </c>
       <c r="E269"/>
     </row>
     <row r="270" spans="1:15">
       <c r="A270" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="B270" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C270" t="s">
-        <v>465</v>
+        <v>45</v>
       </c>
       <c r="D270" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="E270"/>
     </row>
     <row r="271" spans="1:15">
       <c r="A271" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="B271" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="C271" t="s">
-        <v>147</v>
+        <v>33</v>
       </c>
       <c r="D271" t="s">
-        <v>92</v>
+        <v>771</v>
       </c>
       <c r="E271"/>
     </row>
     <row r="272" spans="1:15">
       <c r="A272" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="B272" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="C272" t="s">
-        <v>771</v>
+        <v>79</v>
       </c>
       <c r="D272" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="E272"/>
     </row>
     <row r="273" spans="1:15">
       <c r="A273" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="B273" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="C273" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="D273" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="E273"/>
     </row>
     <row r="274" spans="1:15">
       <c r="A274" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="B274" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="C274" t="s">
-        <v>95</v>
+        <v>29</v>
       </c>
       <c r="D274" t="s">
-        <v>778</v>
+        <v>705</v>
       </c>
       <c r="E274"/>
     </row>
     <row r="275" spans="1:15">
       <c r="A275" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="B275" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="C275" t="s">
-        <v>689</v>
+        <v>618</v>
       </c>
       <c r="D275" t="s">
-        <v>775</v>
+        <v>782</v>
       </c>
       <c r="E275"/>
     </row>
     <row r="276" spans="1:15">
       <c r="A276" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="B276" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="C276" t="s">
-        <v>104</v>
+        <v>17</v>
       </c>
       <c r="D276" t="s">
-        <v>783</v>
+        <v>92</v>
       </c>
       <c r="E276"/>
     </row>
     <row r="277" spans="1:15">
       <c r="A277" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="B277" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C277" t="s">
-        <v>158</v>
+        <v>787</v>
       </c>
       <c r="D277" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="E277"/>
     </row>
     <row r="278" spans="1:15">
       <c r="A278" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="B278" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="C278" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="D278" t="s">
-        <v>778</v>
+        <v>791</v>
       </c>
       <c r="E278"/>
     </row>
     <row r="279" spans="1:15">
       <c r="A279" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="B279" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="C279" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="D279" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="E279"/>
     </row>
     <row r="280" spans="1:15">
       <c r="A280" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="B280" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="C280" t="s">
-        <v>104</v>
+        <v>87</v>
       </c>
       <c r="D280" t="s">
-        <v>755</v>
+        <v>791</v>
       </c>
       <c r="E280"/>
     </row>
     <row r="281" spans="1:15">
       <c r="A281" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="B281" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="C281" t="s">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="D281" t="s">
-        <v>301</v>
+        <v>799</v>
       </c>
       <c r="E281"/>
     </row>
     <row r="282" spans="1:15">
       <c r="A282" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="B282" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="C282" t="s">
-        <v>444</v>
+        <v>53</v>
       </c>
       <c r="D282" t="s">
-        <v>798</v>
+        <v>777</v>
       </c>
       <c r="E282"/>
     </row>
     <row r="283" spans="1:15">
       <c r="A283" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="B283" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="C283" t="s">
-        <v>28</v>
+        <v>57</v>
       </c>
       <c r="D283" t="s">
-        <v>801</v>
+        <v>794</v>
       </c>
       <c r="E283"/>
     </row>
     <row r="284" spans="1:15">
       <c r="A284" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="B284" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C284" t="s">
-        <v>28</v>
+        <v>84</v>
       </c>
       <c r="D284" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="E284"/>
     </row>
     <row r="285" spans="1:15">
       <c r="A285" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="B285" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="C285" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D285" t="s">
-        <v>807</v>
+        <v>768</v>
       </c>
       <c r="E285"/>
     </row>
     <row r="286" spans="1:15">
       <c r="A286" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="B286" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="C286" t="s">
-        <v>127</v>
+        <v>75</v>
       </c>
       <c r="D286" t="s">
-        <v>810</v>
+        <v>305</v>
       </c>
       <c r="E286"/>
     </row>
     <row r="287" spans="1:15">
       <c r="A287" t="s">
         <v>811</v>
       </c>
       <c r="B287" t="s">
         <v>812</v>
       </c>
       <c r="C287" t="s">
-        <v>44</v>
+        <v>133</v>
       </c>
       <c r="D287" t="s">
         <v>813</v>
       </c>
       <c r="E287"/>
     </row>
     <row r="288" spans="1:15">
       <c r="A288" t="s">
         <v>814</v>
       </c>
       <c r="B288" t="s">
         <v>815</v>
       </c>
       <c r="C288" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D288" t="s">
         <v>816</v>
       </c>
       <c r="E288"/>
     </row>
     <row r="289" spans="1:15">
       <c r="A289" t="s">
         <v>817</v>
       </c>
       <c r="B289" t="s">
         <v>818</v>
       </c>
       <c r="C289" t="s">
+        <v>17</v>
+      </c>
+      <c r="D289" t="s">
         <v>819</v>
-      </c>
-[...1 lines deleted...]
-        <v>820</v>
       </c>
       <c r="E289"/>
     </row>
     <row r="290" spans="1:15">
       <c r="A290" t="s">
+        <v>820</v>
+      </c>
+      <c r="B290" t="s">
         <v>821</v>
       </c>
-      <c r="B290" t="s">
+      <c r="C290" t="s">
+        <v>139</v>
+      </c>
+      <c r="D290" t="s">
         <v>822</v>
-      </c>
-[...4 lines deleted...]
-        <v>370</v>
       </c>
       <c r="E290"/>
     </row>
     <row r="291" spans="1:15">
       <c r="A291" t="s">
         <v>823</v>
       </c>
       <c r="B291" t="s">
         <v>824</v>
       </c>
       <c r="C291" t="s">
-        <v>151</v>
+        <v>17</v>
       </c>
       <c r="D291" t="s">
-        <v>373</v>
+        <v>825</v>
       </c>
       <c r="E291"/>
     </row>
     <row r="292" spans="1:15">
       <c r="A292" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="B292" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="C292" t="s">
-        <v>127</v>
+        <v>41</v>
       </c>
       <c r="D292" t="s">
-        <v>439</v>
+        <v>64</v>
       </c>
       <c r="E292"/>
     </row>
     <row r="293" spans="1:15">
       <c r="A293" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="B293" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C293" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="D293" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="E293"/>
     </row>
     <row r="294" spans="1:15">
       <c r="A294" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B294" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C294" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="D294" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="E294"/>
     </row>
     <row r="295" spans="1:15">
       <c r="A295" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="B295" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="C295" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="D295" t="s">
-        <v>829</v>
+        <v>836</v>
       </c>
       <c r="E295"/>
     </row>
     <row r="296" spans="1:15">
       <c r="A296" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="B296" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="C296" t="s">
-        <v>104</v>
+        <v>33</v>
       </c>
       <c r="D296" t="s">
-        <v>832</v>
+        <v>762</v>
       </c>
       <c r="E296"/>
     </row>
     <row r="297" spans="1:15">
       <c r="A297" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="B297" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="C297" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="D297" t="s">
-        <v>829</v>
+        <v>765</v>
       </c>
       <c r="E297"/>
     </row>
     <row r="298" spans="1:15">
       <c r="A298" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="B298" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C298" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="D298" t="s">
-        <v>832</v>
+        <v>447</v>
       </c>
       <c r="E298"/>
     </row>
     <row r="299" spans="1:15">
       <c r="A299" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="B299" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="C299" t="s">
         <v>17</v>
       </c>
       <c r="D299" t="s">
-        <v>829</v>
+        <v>450</v>
       </c>
       <c r="E299"/>
     </row>
     <row r="300" spans="1:15">
       <c r="A300" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="B300" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="C300" t="s">
-        <v>127</v>
+        <v>25</v>
       </c>
       <c r="D300" t="s">
-        <v>832</v>
+        <v>847</v>
       </c>
       <c r="E300"/>
     </row>
     <row r="301" spans="1:15">
       <c r="A301" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="B301" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="C301" t="s">
-        <v>119</v>
+        <v>25</v>
       </c>
       <c r="D301" t="s">
-        <v>433</v>
+        <v>850</v>
       </c>
       <c r="E301"/>
     </row>
     <row r="302" spans="1:15">
       <c r="A302" t="s">
+        <v>851</v>
+      </c>
+      <c r="B302" t="s">
+        <v>852</v>
+      </c>
+      <c r="C302" t="s">
+        <v>25</v>
+      </c>
+      <c r="D302" t="s">
         <v>847</v>
-      </c>
-[...7 lines deleted...]
-        <v>849</v>
       </c>
       <c r="E302"/>
     </row>
     <row r="303" spans="1:15">
       <c r="A303" t="s">
+        <v>853</v>
+      </c>
+      <c r="B303" t="s">
+        <v>854</v>
+      </c>
+      <c r="C303" t="s">
+        <v>45</v>
+      </c>
+      <c r="D303" t="s">
         <v>850</v>
-      </c>
-[...7 lines deleted...]
-        <v>852</v>
       </c>
       <c r="E303"/>
     </row>
     <row r="304" spans="1:15">
       <c r="A304" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="B304" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C304" t="s">
-        <v>855</v>
+        <v>25</v>
       </c>
       <c r="D304" t="s">
-        <v>856</v>
+        <v>847</v>
       </c>
       <c r="E304"/>
     </row>
     <row r="305" spans="1:15">
       <c r="A305" t="s">
         <v>857</v>
       </c>
       <c r="B305" t="s">
         <v>858</v>
       </c>
       <c r="C305" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="D305" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="E305"/>
     </row>
     <row r="306" spans="1:15">
       <c r="A306" t="s">
         <v>859</v>
       </c>
       <c r="B306" t="s">
         <v>860</v>
       </c>
       <c r="C306" t="s">
-        <v>861</v>
+        <v>25</v>
       </c>
       <c r="D306" t="s">
-        <v>862</v>
+        <v>847</v>
       </c>
       <c r="E306"/>
     </row>
     <row r="307" spans="1:15">
       <c r="A307" t="s">
-        <v>863</v>
+        <v>861</v>
       </c>
       <c r="B307" t="s">
-        <v>864</v>
+        <v>862</v>
       </c>
       <c r="C307" t="s">
-        <v>865</v>
+        <v>139</v>
       </c>
       <c r="D307" t="s">
-        <v>862</v>
+        <v>850</v>
       </c>
       <c r="E307"/>
     </row>
     <row r="308" spans="1:15">
       <c r="A308" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="B308" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="C308" t="s">
-        <v>147</v>
+        <v>75</v>
       </c>
       <c r="D308" t="s">
-        <v>868</v>
+        <v>441</v>
       </c>
       <c r="E308"/>
     </row>
     <row r="309" spans="1:15">
       <c r="A309" t="s">
-        <v>869</v>
+        <v>865</v>
       </c>
       <c r="B309" t="s">
-        <v>870</v>
+        <v>866</v>
       </c>
       <c r="C309" t="s">
-        <v>871</v>
+        <v>79</v>
       </c>
       <c r="D309" t="s">
-        <v>872</v>
+        <v>867</v>
       </c>
       <c r="E309"/>
     </row>
     <row r="310" spans="1:15">
       <c r="A310" t="s">
-        <v>873</v>
+        <v>868</v>
       </c>
       <c r="B310" t="s">
-        <v>874</v>
+        <v>869</v>
       </c>
       <c r="C310" t="s">
-        <v>44</v>
+        <v>139</v>
       </c>
       <c r="D310" t="s">
-        <v>875</v>
+        <v>870</v>
       </c>
       <c r="E310"/>
     </row>
     <row r="311" spans="1:15">
       <c r="A311" t="s">
-        <v>876</v>
+        <v>871</v>
       </c>
       <c r="B311" t="s">
-        <v>877</v>
+        <v>872</v>
       </c>
       <c r="C311" t="s">
-        <v>878</v>
+        <v>873</v>
       </c>
       <c r="D311" t="s">
-        <v>879</v>
+        <v>874</v>
       </c>
       <c r="E311"/>
     </row>
     <row r="312" spans="1:15">
       <c r="A312" t="s">
-        <v>880</v>
+        <v>875</v>
       </c>
       <c r="B312" t="s">
-        <v>881</v>
+        <v>876</v>
       </c>
       <c r="C312" t="s">
-        <v>127</v>
+        <v>190</v>
       </c>
       <c r="D312" t="s">
-        <v>410</v>
+        <v>870</v>
       </c>
       <c r="E312"/>
     </row>
     <row r="313" spans="1:15">
       <c r="A313" t="s">
-        <v>882</v>
+        <v>877</v>
       </c>
       <c r="B313" t="s">
-        <v>883</v>
+        <v>878</v>
       </c>
       <c r="C313" t="s">
-        <v>40</v>
+        <v>879</v>
       </c>
       <c r="D313" t="s">
-        <v>301</v>
+        <v>880</v>
       </c>
       <c r="E313"/>
     </row>
     <row r="314" spans="1:15">
       <c r="A314" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="B314" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="C314" t="s">
-        <v>48</v>
+        <v>190</v>
       </c>
       <c r="D314" t="s">
-        <v>886</v>
+        <v>870</v>
       </c>
       <c r="E314"/>
     </row>
     <row r="315" spans="1:15">
       <c r="A315" t="s">
-        <v>887</v>
+        <v>883</v>
       </c>
       <c r="B315" t="s">
-        <v>888</v>
+        <v>884</v>
       </c>
       <c r="C315" t="s">
-        <v>62</v>
+        <v>481</v>
       </c>
       <c r="D315" t="s">
-        <v>889</v>
+        <v>880</v>
       </c>
       <c r="E315"/>
     </row>
     <row r="316" spans="1:15">
       <c r="A316" t="s">
-        <v>890</v>
+        <v>885</v>
       </c>
       <c r="B316" t="s">
-        <v>891</v>
+        <v>886</v>
       </c>
       <c r="C316" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
       <c r="D316" t="s">
-        <v>230</v>
+        <v>887</v>
       </c>
       <c r="E316"/>
     </row>
     <row r="317" spans="1:15">
       <c r="A317" t="s">
-        <v>892</v>
+        <v>888</v>
       </c>
       <c r="B317" t="s">
-        <v>893</v>
+        <v>889</v>
       </c>
       <c r="C317" t="s">
-        <v>151</v>
+        <v>890</v>
       </c>
       <c r="D317" t="s">
-        <v>101</v>
+        <v>891</v>
       </c>
       <c r="E317"/>
     </row>
     <row r="318" spans="1:15">
       <c r="A318" t="s">
+        <v>892</v>
+      </c>
+      <c r="B318" t="s">
+        <v>893</v>
+      </c>
+      <c r="C318" t="s">
+        <v>49</v>
+      </c>
+      <c r="D318" t="s">
         <v>894</v>
-      </c>
-[...7 lines deleted...]
-        <v>197</v>
       </c>
       <c r="E318"/>
     </row>
     <row r="319" spans="1:15">
       <c r="A319" t="s">
+        <v>895</v>
+      </c>
+      <c r="B319" t="s">
         <v>896</v>
       </c>
-      <c r="B319" t="s">
+      <c r="C319" t="s">
         <v>897</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="D319" t="s">
         <v>898</v>
       </c>
       <c r="E319"/>
     </row>
     <row r="320" spans="1:15">
       <c r="A320" t="s">
         <v>899</v>
       </c>
       <c r="B320" t="s">
         <v>900</v>
       </c>
       <c r="C320" t="s">
-        <v>151</v>
+        <v>45</v>
       </c>
       <c r="D320" t="s">
-        <v>901</v>
+        <v>413</v>
       </c>
       <c r="E320"/>
     </row>
     <row r="321" spans="1:15">
       <c r="A321" t="s">
+        <v>901</v>
+      </c>
+      <c r="B321" t="s">
         <v>902</v>
       </c>
-      <c r="B321" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C321" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="D321" t="s">
-        <v>904</v>
+        <v>305</v>
       </c>
       <c r="E321"/>
     </row>
     <row r="322" spans="1:15">
       <c r="A322" t="s">
+        <v>903</v>
+      </c>
+      <c r="B322" t="s">
+        <v>904</v>
+      </c>
+      <c r="C322" t="s">
+        <v>45</v>
+      </c>
+      <c r="D322" t="s">
         <v>905</v>
-      </c>
-[...7 lines deleted...]
-        <v>52</v>
       </c>
       <c r="E322"/>
     </row>
     <row r="323" spans="1:15">
       <c r="A323" t="s">
+        <v>906</v>
+      </c>
+      <c r="B323" t="s">
         <v>907</v>
       </c>
-      <c r="B323" t="s">
+      <c r="C323" t="s">
+        <v>29</v>
+      </c>
+      <c r="D323" t="s">
         <v>908</v>
-      </c>
-[...4 lines deleted...]
-        <v>909</v>
       </c>
       <c r="E323"/>
     </row>
     <row r="324" spans="1:15">
       <c r="A324" t="s">
+        <v>909</v>
+      </c>
+      <c r="B324" t="s">
         <v>910</v>
       </c>
-      <c r="B324" t="s">
+      <c r="C324" t="s">
+        <v>133</v>
+      </c>
+      <c r="D324" t="s">
         <v>911</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
       <c r="E324"/>
     </row>
     <row r="325" spans="1:15">
       <c r="A325" t="s">
         <v>912</v>
       </c>
       <c r="B325" t="s">
         <v>913</v>
       </c>
       <c r="C325" t="s">
-        <v>399</v>
+        <v>25</v>
       </c>
       <c r="D325" t="s">
+        <v>219</v>
+      </c>
+      <c r="E325"/>
+    </row>
+    <row r="326" spans="1:15">
+      <c r="A326" t="s">
         <v>914</v>
       </c>
-      <c r="E325"/>
+      <c r="B326" t="s">
+        <v>915</v>
+      </c>
+      <c r="C326" t="s">
+        <v>49</v>
+      </c>
+      <c r="D326" t="s">
+        <v>194</v>
+      </c>
+      <c r="E326"/>
+    </row>
+    <row r="327" spans="1:15">
+      <c r="A327" t="s">
+        <v>916</v>
+      </c>
+      <c r="B327" t="s">
+        <v>917</v>
+      </c>
+      <c r="C327" t="s">
+        <v>41</v>
+      </c>
+      <c r="D327" t="s">
+        <v>918</v>
+      </c>
+      <c r="E327"/>
+    </row>
+    <row r="328" spans="1:15">
+      <c r="A328" t="s">
+        <v>919</v>
+      </c>
+      <c r="B328" t="s">
+        <v>920</v>
+      </c>
+      <c r="C328" t="s">
+        <v>53</v>
+      </c>
+      <c r="D328" t="s">
+        <v>921</v>
+      </c>
+      <c r="E328"/>
+    </row>
+    <row r="329" spans="1:15">
+      <c r="A329" t="s">
+        <v>922</v>
+      </c>
+      <c r="B329" t="s">
+        <v>923</v>
+      </c>
+      <c r="C329" t="s">
+        <v>139</v>
+      </c>
+      <c r="D329" t="s">
+        <v>924</v>
+      </c>
+      <c r="E329"/>
+    </row>
+    <row r="330" spans="1:15">
+      <c r="A330" t="s">
+        <v>925</v>
+      </c>
+      <c r="B330" t="s">
+        <v>926</v>
+      </c>
+      <c r="C330" t="s">
+        <v>100</v>
+      </c>
+      <c r="D330" t="s">
+        <v>54</v>
+      </c>
+      <c r="E330"/>
+    </row>
+    <row r="331" spans="1:15">
+      <c r="A331" t="s">
+        <v>927</v>
+      </c>
+      <c r="B331" t="s">
+        <v>928</v>
+      </c>
+      <c r="C331" t="s">
+        <v>45</v>
+      </c>
+      <c r="D331" t="s">
+        <v>929</v>
+      </c>
+      <c r="E331"/>
+    </row>
+    <row r="332" spans="1:15">
+      <c r="A332" t="s">
+        <v>930</v>
+      </c>
+      <c r="B332" t="s">
+        <v>931</v>
+      </c>
+      <c r="C332" t="s">
+        <v>25</v>
+      </c>
+      <c r="D332" t="s">
+        <v>120</v>
+      </c>
+      <c r="E332"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.35" right="0.35" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter>&amp;L&amp;Bdelicando ShopOnly&amp;RSeite/Page &amp;P of &amp;N</oddFooter>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">