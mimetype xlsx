--- v1 (2025-12-25)
+++ v2 (2026-02-10)
@@ -16,2794 +16,2773 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Worksheet'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="932">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="929">
   <si>
     <t>delicando LOGO</t>
   </si>
   <si>
-    <t>Download: 25.12.2025 22:56</t>
+    <t>Download: 10.02.2026 02:02</t>
   </si>
   <si>
     <t>Art-Nr./Prod-No.</t>
   </si>
   <si>
     <t>Artikelbezeichung/Product</t>
   </si>
   <si>
     <t>Lager/Stock</t>
   </si>
   <si>
     <t>Preis/Price EUR</t>
   </si>
   <si>
     <t>Dummy</t>
   </si>
   <si>
     <t>2200001</t>
   </si>
   <si>
     <t>Almdudler 0,35l</t>
   </si>
   <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>1,22</t>
+  </si>
+  <si>
+    <t>220002</t>
+  </si>
+  <si>
+    <t>Almdudler 12x1l</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>29,64</t>
+  </si>
+  <si>
+    <t>2200021</t>
+  </si>
+  <si>
+    <t>Almdudler 1l</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>2,47</t>
+  </si>
+  <si>
+    <t>220000</t>
+  </si>
+  <si>
+    <t>Almdudler 24x0,35l</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>29,28</t>
+  </si>
+  <si>
+    <t>2201871</t>
+  </si>
+  <si>
+    <t>Aqua Monaco Organic Tonic Water 0,23l</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>2,55</t>
+  </si>
+  <si>
+    <t>220187</t>
+  </si>
+  <si>
+    <t>Aqua Monaco Organic Tonic Water 20x0,23l</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>50,90</t>
+  </si>
+  <si>
+    <t>1101041</t>
+  </si>
+  <si>
+    <t>Augustiner Edelstoff 5,6% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>1,50</t>
+  </si>
+  <si>
+    <t>110104</t>
+  </si>
+  <si>
+    <t>Augustiner Edelstoff 5,6% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>30,00</t>
+  </si>
+  <si>
+    <t>1101031</t>
+  </si>
+  <si>
+    <t>Augustiner Lagerbier hell 5,2% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>1,42</t>
+  </si>
+  <si>
+    <t>110103</t>
+  </si>
+  <si>
+    <t>Augustiner Lagerbier hell 5,2% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>28,40</t>
+  </si>
+  <si>
+    <t>1102221-S</t>
+  </si>
+  <si>
+    <t>Augustinerbräu Oktoberfest Bier 6,3% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>1,54</t>
+  </si>
+  <si>
+    <t>1102611</t>
+  </si>
+  <si>
+    <t>Birra Moretti L'Autentica Premium Lager 4,6% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>1,75</t>
+  </si>
+  <si>
+    <t>110261</t>
+  </si>
+  <si>
+    <t>Birra Moretti L'Autentica Premium Lager 4,6% Vol. 24x0,33l</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>41,90</t>
+  </si>
+  <si>
+    <t>1103241</t>
+  </si>
+  <si>
+    <t>Bud American Lager Beer 5% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1,64</t>
+  </si>
+  <si>
+    <t>919520</t>
+  </si>
+  <si>
+    <t>CO2-bottle 10 kg</t>
+  </si>
+  <si>
+    <t>89,90</t>
+  </si>
+  <si>
+    <t>919522-S</t>
+  </si>
+  <si>
+    <t>CO2-bottle 2 kg</t>
+  </si>
+  <si>
+    <t>65,90</t>
+  </si>
+  <si>
+    <t>919017</t>
+  </si>
+  <si>
+    <t>Casali Original Rum Kokos 100 g</t>
+  </si>
+  <si>
+    <t>3,90</t>
+  </si>
+  <si>
+    <t>2200201</t>
+  </si>
+  <si>
+    <t>Coca Cola 0,33l</t>
+  </si>
+  <si>
+    <t>1,12</t>
+  </si>
+  <si>
+    <t>220028</t>
+  </si>
+  <si>
+    <t>Coca Cola 12x1l</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>23,64</t>
+  </si>
+  <si>
+    <t>2200281</t>
+  </si>
+  <si>
+    <t>Coca Cola 1l</t>
+  </si>
+  <si>
+    <t>1,97</t>
+  </si>
+  <si>
+    <t>220020</t>
+  </si>
+  <si>
+    <t>Coca Cola 24x0,33l</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>26,88</t>
+  </si>
+  <si>
+    <t>2200401</t>
+  </si>
+  <si>
+    <t>Coca Cola Zero 0,33l</t>
+  </si>
+  <si>
+    <t>220040</t>
+  </si>
+  <si>
+    <t>Coca Cola Zero 24x0,33l</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>2200301</t>
+  </si>
+  <si>
+    <t>Coca Cola light 0,33l</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>220030</t>
+  </si>
+  <si>
+    <t>Coca Cola light 24x0,33l</t>
+  </si>
+  <si>
+    <t>1102971</t>
+  </si>
+  <si>
+    <t>Corona Cero 0.0% 0,355l</t>
+  </si>
+  <si>
+    <t>110297</t>
+  </si>
+  <si>
+    <t>Corona Cero 0.0% 4x6x0,355l</t>
+  </si>
+  <si>
+    <t>1100501</t>
+  </si>
+  <si>
+    <t>Corona Extra 4,5% Vol. 0,355l</t>
+  </si>
+  <si>
+    <t>1,19</t>
+  </si>
+  <si>
+    <t>918031</t>
+  </si>
+  <si>
+    <t>Damasttischtuch weiß 10x1 m</t>
+  </si>
+  <si>
+    <t>1100611</t>
+  </si>
+  <si>
+    <t>Desperados 5,9% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1,45</t>
+  </si>
+  <si>
+    <t>1100741</t>
+  </si>
+  <si>
+    <t>Edelweiss Hofbräu Weizenbier 4,5% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>1,49</t>
+  </si>
+  <si>
+    <t>110074</t>
+  </si>
+  <si>
+    <t>Edelweiss Hofbräu Weizenbier 4,5% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>29,80</t>
+  </si>
+  <si>
+    <t>1100701</t>
+  </si>
+  <si>
+    <t>Edelweiss alkoholfrei 0,5l</t>
+  </si>
+  <si>
+    <t>1,46</t>
+  </si>
+  <si>
+    <t>110070</t>
+  </si>
+  <si>
+    <t>Edelweiss alkoholfrei 20x0,5l</t>
+  </si>
+  <si>
+    <t>29,20</t>
+  </si>
+  <si>
+    <t>1101981</t>
+  </si>
+  <si>
+    <t>Erdinger Lagerbier hell 5,1% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,51</t>
+  </si>
+  <si>
+    <t>110198</t>
+  </si>
+  <si>
+    <t>Erdinger Lagerbier hell 5,1% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>30,20</t>
+  </si>
+  <si>
+    <t>1100911</t>
+  </si>
+  <si>
+    <t>Erdinger Urweisse 4,9% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>110091</t>
+  </si>
+  <si>
+    <t>Erdinger Urweisse 4,9% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>32,80</t>
+  </si>
+  <si>
+    <t>1100931</t>
+  </si>
+  <si>
+    <t>Erdinger Weissbier Hefe hell 5,3% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110093</t>
+  </si>
+  <si>
+    <t>Erdinger Weissbier Hefe hell 5,3% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>1100921</t>
+  </si>
+  <si>
+    <t>Erdinger Weissbier alkoholfrei 0,5l</t>
+  </si>
+  <si>
+    <t>1,44</t>
+  </si>
+  <si>
+    <t>110092</t>
+  </si>
+  <si>
+    <t>Erdinger Weissbier alkoholfrei 20x0,5l</t>
+  </si>
+  <si>
+    <t>28,80</t>
+  </si>
+  <si>
+    <t>210133</t>
+  </si>
+  <si>
+    <t>Franz Josef Rauch Orangennektar 12x1l</t>
+  </si>
+  <si>
+    <t>41,40</t>
+  </si>
+  <si>
+    <t>2101331</t>
+  </si>
+  <si>
+    <t>Franz Josef Rauch Orangennektar 1l</t>
+  </si>
+  <si>
+    <t>3,45</t>
+  </si>
+  <si>
+    <t>1101001</t>
+  </si>
+  <si>
+    <t>Franziskaner Weißbier Hefe dunkel 5% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110100</t>
+  </si>
+  <si>
+    <t>Franziskaner Weißbier Hefe dunkel 5% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>29,90</t>
+  </si>
+  <si>
+    <t>1101011</t>
+  </si>
+  <si>
+    <t>Franziskaner Weißbier Hefe naturtrüb 5% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,34</t>
+  </si>
+  <si>
+    <t>110101</t>
+  </si>
+  <si>
+    <t>Franziskaner Weißbier Hefe naturtrüb 5% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>26,70</t>
+  </si>
+  <si>
+    <t>1101061</t>
+  </si>
+  <si>
+    <t>Franziskaner Weißbier alkoholfrei 0,5l</t>
+  </si>
+  <si>
+    <t>1,13</t>
+  </si>
+  <si>
+    <t>110106</t>
+  </si>
+  <si>
+    <t>Franziskaner Weißbier alkoholfrei 20x0,5l</t>
+  </si>
+  <si>
+    <t>22,60</t>
+  </si>
+  <si>
+    <t>2200811</t>
+  </si>
+  <si>
+    <t>Frucade Orange 0,35l</t>
+  </si>
+  <si>
+    <t>0,83</t>
+  </si>
+  <si>
+    <t>220083</t>
+  </si>
+  <si>
+    <t>Frucade Orange 12x1l</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>21,48</t>
+  </si>
+  <si>
+    <t>2200831</t>
+  </si>
+  <si>
+    <t>Frucade Orange 1l</t>
+  </si>
+  <si>
+    <t>1,79</t>
+  </si>
+  <si>
+    <t>220081</t>
+  </si>
+  <si>
+    <t>Frucade Orange 24x0,35l</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>19,90</t>
+  </si>
+  <si>
+    <t>230002</t>
+  </si>
+  <si>
+    <t>Gasteiner prickelnd 12x1l</t>
+  </si>
+  <si>
+    <t>16,80</t>
+  </si>
+  <si>
+    <t>2300021</t>
+  </si>
+  <si>
+    <t>Gasteiner prickelnd 1l</t>
+  </si>
+  <si>
+    <t>1,40</t>
+  </si>
+  <si>
+    <t>1101861</t>
+  </si>
+  <si>
+    <t>Guinness Extra Stout 5% Vol. 0,33l</t>
+  </si>
+  <si>
     <t>17</t>
   </si>
   <si>
-    <t>1,22</t>
-[...29 lines deleted...]
-    <t>Almdudler 24x0,35l</t>
+    <t>2,17</t>
+  </si>
+  <si>
+    <t>110186</t>
+  </si>
+  <si>
+    <t>Guinness Extra Stout 5% Vol. 6x4x0,33l</t>
+  </si>
+  <si>
+    <t>52,08</t>
+  </si>
+  <si>
+    <t>1102251</t>
+  </si>
+  <si>
+    <t>Gösser Biostoff Lager 4,8% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1,08</t>
+  </si>
+  <si>
+    <t>110225</t>
+  </si>
+  <si>
+    <t>Gösser Biostoff Lager 4,8% Vol. 12x0,33l</t>
+  </si>
+  <si>
+    <t>12,90</t>
+  </si>
+  <si>
+    <t>110110-S</t>
+  </si>
+  <si>
+    <t>Gösser Bock 3x6er Pinolenkiste 7,1% Vol. 3x6x0,5l</t>
+  </si>
+  <si>
+    <t>32,40</t>
+  </si>
+  <si>
+    <t>1101101</t>
+  </si>
+  <si>
+    <t>Gösser Bock 7,1% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,80</t>
+  </si>
+  <si>
+    <t>100001</t>
+  </si>
+  <si>
+    <t>Gösser Gold 5,3% Vol. 30l</t>
+  </si>
+  <si>
+    <t>109,90</t>
+  </si>
+  <si>
+    <t>110266</t>
+  </si>
+  <si>
+    <t>Gösser Helles 3x6er Pinolen-Kiste 4,4% Vol. 18x0,5l</t>
+  </si>
+  <si>
+    <t>30,24</t>
+  </si>
+  <si>
+    <t>1102661</t>
+  </si>
+  <si>
+    <t>Gösser Helles 4,4% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>1,68</t>
+  </si>
+  <si>
+    <t>1102261</t>
+  </si>
+  <si>
+    <t>Gösser Märzen 5,2% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1101121</t>
+  </si>
+  <si>
+    <t>Gösser Märzen 5,2% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,09</t>
+  </si>
+  <si>
+    <t>110112</t>
+  </si>
+  <si>
+    <t>Gösser Märzen 5,2% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>1294</t>
+  </si>
+  <si>
+    <t>19,80</t>
+  </si>
+  <si>
+    <t>1101151</t>
+  </si>
+  <si>
+    <t>Gösser Natur Gold alkoholfrei 0,5l</t>
+  </si>
+  <si>
+    <t>110114</t>
+  </si>
+  <si>
+    <t>Gösser Natur Gold alkoholfrei 12x0,33l</t>
+  </si>
+  <si>
+    <t>17,90</t>
+  </si>
+  <si>
+    <t>110115</t>
+  </si>
+  <si>
+    <t>Gösser Natur Gold alkoholfrei 20x0,5l</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>1101721</t>
+  </si>
+  <si>
+    <t>Gösser Natur Radler 0,0% alkoholfrei 0,33l</t>
+  </si>
+  <si>
+    <t>110172</t>
+  </si>
+  <si>
+    <t>Gösser Natur Radler 0,0% alkoholfrei 12x0,33l</t>
+  </si>
+  <si>
+    <t>18,12</t>
+  </si>
+  <si>
+    <t>1101741</t>
+  </si>
+  <si>
+    <t>Gösser Natur Radler Zitrone 2% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>110174</t>
+  </si>
+  <si>
+    <t>Gösser Natur Radler Zitrone 2% Vol. 12x0,33l</t>
+  </si>
+  <si>
+    <t>110176</t>
+  </si>
+  <si>
+    <t>Gösser Stifts Zwickl Hell 4x4er Pinolenkiste 5,2% Vol. 16x0,5l</t>
+  </si>
+  <si>
+    <t>34,90</t>
+  </si>
+  <si>
+    <t>1101761</t>
+  </si>
+  <si>
+    <t>Gösser Stifts Zwickl Hell 5,2% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>2,18</t>
+  </si>
+  <si>
+    <t>1101891</t>
+  </si>
+  <si>
+    <t>Gösser Stiftsbräu 4,5% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,77</t>
+  </si>
+  <si>
+    <t>110189</t>
+  </si>
+  <si>
+    <t>Gösser Stiftsbräu Pinolenkiste 4,5% Vol. 3x6x0,5l</t>
+  </si>
+  <si>
+    <t>31,86</t>
+  </si>
+  <si>
+    <t>110146</t>
+  </si>
+  <si>
+    <t>Hacker-Pschorr Münchner Hell Bügelflasche 5% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>39,00</t>
+  </si>
+  <si>
+    <t>210031</t>
+  </si>
+  <si>
+    <t>Happy Day Ananassaft 100% 12x1l</t>
+  </si>
+  <si>
+    <t>40,80</t>
+  </si>
+  <si>
+    <t>2100311</t>
+  </si>
+  <si>
+    <t>Happy Day Ananassaft 100% 1l</t>
+  </si>
+  <si>
+    <t>3,40</t>
+  </si>
+  <si>
+    <t>210033</t>
+  </si>
+  <si>
+    <t>Happy Day Cranberry 12x1l</t>
+  </si>
+  <si>
+    <t>43,68</t>
+  </si>
+  <si>
+    <t>2100331</t>
+  </si>
+  <si>
+    <t>Happy Day Cranberry 1l</t>
+  </si>
+  <si>
+    <t>3,64</t>
+  </si>
+  <si>
+    <t>210034</t>
+  </si>
+  <si>
+    <t>Happy Day Erdbeer 12x1l</t>
+  </si>
+  <si>
+    <t>43,80</t>
+  </si>
+  <si>
+    <t>2100341</t>
+  </si>
+  <si>
+    <t>Happy Day Erdbeer 1l</t>
+  </si>
+  <si>
+    <t>3,65</t>
+  </si>
+  <si>
+    <t>210035</t>
+  </si>
+  <si>
+    <t>Happy Day Mango 12x1l</t>
+  </si>
+  <si>
+    <t>40,92</t>
+  </si>
+  <si>
+    <t>2100351</t>
+  </si>
+  <si>
+    <t>Happy Day Mango 1l</t>
+  </si>
+  <si>
+    <t>3,41</t>
+  </si>
+  <si>
+    <t>210036</t>
+  </si>
+  <si>
+    <t>Happy Day Maracuja 12x1l</t>
+  </si>
+  <si>
+    <t>44,28</t>
+  </si>
+  <si>
+    <t>2100361</t>
+  </si>
+  <si>
+    <t>Happy Day Maracuja 1l</t>
+  </si>
+  <si>
+    <t>3,69</t>
+  </si>
+  <si>
+    <t>210037</t>
+  </si>
+  <si>
+    <t>Happy Day Multivitamin 100% 12x1l</t>
+  </si>
+  <si>
+    <t>34,56</t>
+  </si>
+  <si>
+    <t>2100371</t>
+  </si>
+  <si>
+    <t>Happy Day Multivitamin 100% 1l</t>
+  </si>
+  <si>
+    <t>2,88</t>
+  </si>
+  <si>
+    <t>210039</t>
+  </si>
+  <si>
+    <t>Happy Day Orangensaft 100% 12x1l</t>
+  </si>
+  <si>
+    <t>52,44</t>
+  </si>
+  <si>
+    <t>2100391</t>
+  </si>
+  <si>
+    <t>Happy Day Orangensaft 100% 1l</t>
+  </si>
+  <si>
+    <t>4,37</t>
+  </si>
+  <si>
+    <t>1101401</t>
+  </si>
+  <si>
+    <t>Heineken Lager 5% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1,14</t>
+  </si>
+  <si>
+    <t>1101501</t>
+  </si>
+  <si>
+    <t>Hirter 1270 Twist Off 4,9% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1,59</t>
+  </si>
+  <si>
+    <t>1101531</t>
+  </si>
+  <si>
+    <t>Hirter Bio-Hanfbier 4,8% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110299-S</t>
+  </si>
+  <si>
+    <t>Hirter Bio-Hanfbier Pinolenkiste 3x6 4,8% Vol. 18x0,5l</t>
+  </si>
+  <si>
+    <t>31,50</t>
+  </si>
+  <si>
+    <t>1101551</t>
+  </si>
+  <si>
+    <t>Hirter Morchl 5% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110303-S</t>
+  </si>
+  <si>
+    <t>Hirter Morchl Pinolenkiste 3x6 5% Vol. 18x0,5l</t>
+  </si>
+  <si>
+    <t>28,62</t>
+  </si>
+  <si>
+    <t>1101921</t>
+  </si>
+  <si>
+    <t>Hirter Märzen 5% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,47</t>
+  </si>
+  <si>
+    <t>110192</t>
+  </si>
+  <si>
+    <t>Hirter Märzen 5% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>29,40</t>
+  </si>
+  <si>
+    <t>1101561</t>
+  </si>
+  <si>
+    <t>Hirter Privat Pils 5,2% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>1101571</t>
+  </si>
+  <si>
+    <t>Hirter Privat Pils 5,2% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110157</t>
+  </si>
+  <si>
+    <t>Hirter Privat Pils 5,2% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>30,80</t>
+  </si>
+  <si>
+    <t>110156</t>
+  </si>
+  <si>
+    <t>Hirter Privat Pils 5,2% Vol. 24x0,33l</t>
+  </si>
+  <si>
+    <t>33,60</t>
+  </si>
+  <si>
+    <t>917501</t>
+  </si>
+  <si>
+    <t>Holzkiste 1er 43,5x9,5x9,5 cm</t>
+  </si>
+  <si>
+    <t>9,90</t>
+  </si>
+  <si>
+    <t>917500</t>
+  </si>
+  <si>
+    <t>Holzkiste 1er Magnum 42x14x14 cm</t>
+  </si>
+  <si>
+    <t>11,90</t>
+  </si>
+  <si>
+    <t>917533</t>
+  </si>
+  <si>
+    <t>Holzkiste 1er Magnum Versand 57x19x19 cm</t>
+  </si>
+  <si>
+    <t>21,50</t>
+  </si>
+  <si>
+    <t>917502</t>
+  </si>
+  <si>
+    <t>Holzkiste 1er Magnum klein 35x11x11 cm</t>
+  </si>
+  <si>
+    <t>917510</t>
+  </si>
+  <si>
+    <t>Holzkiste 2er 38,3x17x9,5 cm</t>
+  </si>
+  <si>
+    <t>917520</t>
+  </si>
+  <si>
+    <t>Holzkiste 3er 38,3x26,5x9,5 cm</t>
+  </si>
+  <si>
+    <t>14,90</t>
+  </si>
+  <si>
+    <t>917521</t>
+  </si>
+  <si>
+    <t>Holzkiste 3er Spruch ''Wein ist Poesie in bottles'' 38,3x26,5x9,5 cm</t>
+  </si>
+  <si>
+    <t>18,90</t>
+  </si>
+  <si>
+    <t>917530</t>
+  </si>
+  <si>
+    <t>Holzkiste 6er kurz 48,5x31x9,5 cm</t>
+  </si>
+  <si>
+    <t>20,90</t>
+  </si>
+  <si>
+    <t>917531</t>
+  </si>
+  <si>
+    <t>Holzkiste 6er lang 48,5x38x9,5 cm</t>
+  </si>
+  <si>
+    <t>917532</t>
+  </si>
+  <si>
+    <t>Holzkiste Versandkiste 6er 36,5 x 28,5 x 19,5 cm</t>
+  </si>
+  <si>
+    <t>22,90</t>
+  </si>
+  <si>
+    <t>917499</t>
+  </si>
+  <si>
+    <t>Holzkiste for Bierflaschen 12x0,5l</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>21,90</t>
+  </si>
+  <si>
+    <t>919564</t>
+  </si>
+  <si>
+    <t>Hornig Kaffee Caffè Crema Classico ganze Bohne 1/2 kg</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>919555</t>
+  </si>
+  <si>
+    <t>Hornig Kaffee Spezial ganze Bohne 1/2 kg</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>919556</t>
+  </si>
+  <si>
+    <t>Hornig Kaffee Spezial gemahlen 1/2 kg</t>
+  </si>
+  <si>
+    <t>230017</t>
+  </si>
+  <si>
+    <t>Johannisbrunnen-Heilwasser prickelnd 12x1l</t>
+  </si>
+  <si>
+    <t>10,68</t>
+  </si>
+  <si>
+    <t>2300171</t>
+  </si>
+  <si>
+    <t>Johannisbrunnen-Heilwasser prickelnd 1l</t>
+  </si>
+  <si>
+    <t>0,89</t>
+  </si>
+  <si>
+    <t>1102031</t>
+  </si>
+  <si>
+    <t>Kandi Malz alkoholfrei 0,5l</t>
+  </si>
+  <si>
+    <t>1,05</t>
+  </si>
+  <si>
+    <t>110203</t>
+  </si>
+  <si>
+    <t>Kandi Malz alkoholfrei 20x0,5l</t>
+  </si>
+  <si>
+    <t>919067</t>
+  </si>
+  <si>
+    <t>Kinder Schokolade 4x50 g</t>
+  </si>
+  <si>
+    <t>919062</t>
+  </si>
+  <si>
+    <t>Küfferle Katzenzungen Milchschokolade 75 g</t>
+  </si>
+  <si>
+    <t>7,90</t>
+  </si>
+  <si>
+    <t>1102561</t>
+  </si>
+  <si>
+    <t>Laško Zlatorog Havala 4,9% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110256</t>
+  </si>
+  <si>
+    <t>Laško Zlatorog Havala 4,9% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>1101901</t>
+  </si>
+  <si>
+    <t>Leffe Blonde 6,6% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1,66</t>
+  </si>
+  <si>
+    <t>110190</t>
+  </si>
+  <si>
+    <t>Leffe Blonde 6,6% Vol. 24x0,33l</t>
+  </si>
+  <si>
+    <t>39,84</t>
+  </si>
+  <si>
+    <t>2100651</t>
+  </si>
+  <si>
+    <t>Lipton Ice Tea Mango 0,33l</t>
+  </si>
+  <si>
+    <t>1,10</t>
+  </si>
+  <si>
+    <t>210065</t>
+  </si>
+  <si>
+    <t>Lipton Ice Tea Mango 24x0,33l</t>
+  </si>
+  <si>
+    <t>26,40</t>
+  </si>
+  <si>
+    <t>210056</t>
+  </si>
+  <si>
+    <t>Lipton Ice Tea Pfirsich 24x0,33l</t>
+  </si>
+  <si>
+    <t>210063</t>
+  </si>
+  <si>
+    <t>Lipton Ice Tea Zitrone 24x0,33l</t>
+  </si>
+  <si>
+    <t>230031</t>
+  </si>
+  <si>
+    <t>Long Life mild 12x1l</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>6,48</t>
+  </si>
+  <si>
+    <t>2300311</t>
+  </si>
+  <si>
+    <t>Long Life mild 1l</t>
+  </si>
+  <si>
+    <t>0,54</t>
+  </si>
+  <si>
+    <t>230030</t>
+  </si>
+  <si>
+    <t>Long Life prickelnd 12x1l</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>2300301</t>
+  </si>
+  <si>
+    <t>Long Life prickelnd 1l</t>
+  </si>
+  <si>
+    <t>919014</t>
+  </si>
+  <si>
+    <t>Lorenz Nic Nacs 35 g</t>
+  </si>
+  <si>
+    <t>2,50</t>
+  </si>
+  <si>
+    <t>1103291-S</t>
+  </si>
+  <si>
+    <t>Löwenbräu Oktoberfestbier 6,1% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,78</t>
+  </si>
+  <si>
+    <t>110329-S</t>
+  </si>
+  <si>
+    <t>Löwenbräu Oktoberfestbier 6,1% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>35,60</t>
+  </si>
+  <si>
+    <t>919129</t>
+  </si>
+  <si>
+    <t>Milka Hauchzarte Herzen Alpenmilch 130 g</t>
+  </si>
+  <si>
+    <t>919127</t>
+  </si>
+  <si>
+    <t>Milka Tender Milch 37 g</t>
+  </si>
+  <si>
+    <t>1,20</t>
+  </si>
+  <si>
+    <t>1102571</t>
+  </si>
+  <si>
+    <t>Murauer Dunkel 5,2% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,84</t>
+  </si>
+  <si>
+    <t>110257</t>
+  </si>
+  <si>
+    <t>Murauer Dunkel 5,2% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>36,80</t>
+  </si>
+  <si>
+    <t>110263-S</t>
+  </si>
+  <si>
+    <t>Murauer Märzen 3x6er Pinolen-Kiste 5,2% Vol. 18x0,5l</t>
+  </si>
+  <si>
+    <t>39,90</t>
+  </si>
+  <si>
+    <t>1102491</t>
+  </si>
+  <si>
+    <t>Murauer Märzen 5,2% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1,15</t>
+  </si>
+  <si>
+    <t>1102481</t>
+  </si>
+  <si>
+    <t>Murauer Märzen 5,2% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110248</t>
+  </si>
+  <si>
+    <t>Murauer Märzen 5,2% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>110249</t>
+  </si>
+  <si>
+    <t>Murauer Märzen 5,2% Vol. 24x0,33l</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>27,60</t>
+  </si>
+  <si>
+    <t>1102461-S</t>
+  </si>
+  <si>
+    <t>Murauer WEISSBIER 5,4% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>2,10</t>
+  </si>
+  <si>
+    <t>110246-S</t>
+  </si>
+  <si>
+    <t>Murauer WEISSBIER 5,4% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>2201201</t>
+  </si>
+  <si>
+    <t>Murelli Almrausch 0,5l</t>
+  </si>
+  <si>
+    <t>1,03</t>
+  </si>
+  <si>
+    <t>220120</t>
+  </si>
+  <si>
+    <t>Murelli Almrausch 20x0,5l</t>
+  </si>
+  <si>
+    <t>20,60</t>
+  </si>
+  <si>
+    <t>2201281</t>
+  </si>
+  <si>
+    <t>Murelli Cola 0,5l</t>
+  </si>
+  <si>
+    <t>220128</t>
+  </si>
+  <si>
+    <t>Murelli Cola 20x0,5l</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>2201211</t>
+  </si>
+  <si>
+    <t>Murelli Cola-Mix 0,5l</t>
+  </si>
+  <si>
+    <t>220121</t>
+  </si>
+  <si>
+    <t>Murelli Cola-Mix 20x0,5l</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>2201311</t>
+  </si>
+  <si>
+    <t>Murelli Die Bewusste Apfel &amp; Birne 0,5l</t>
+  </si>
+  <si>
+    <t>220131</t>
+  </si>
+  <si>
+    <t>Murelli Die Bewusste Apfel &amp; Birne 20x0,5l</t>
+  </si>
+  <si>
+    <t>2201321</t>
+  </si>
+  <si>
+    <t>Murelli Die Bewusste Brombeere &amp; Lavendel 0,5l</t>
+  </si>
+  <si>
+    <t>220132</t>
+  </si>
+  <si>
+    <t>Murelli Die Bewusste Brombeere &amp; Lavendel 20x0,5l</t>
+  </si>
+  <si>
+    <t>2201221</t>
+  </si>
+  <si>
+    <t>Murelli Himbeer 0,5l</t>
+  </si>
+  <si>
+    <t>220122</t>
+  </si>
+  <si>
+    <t>Murelli Himbeer 20x0,5l</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>2201231</t>
+  </si>
+  <si>
+    <t>Murelli Orange 0,5l</t>
+  </si>
+  <si>
+    <t>220123</t>
+  </si>
+  <si>
+    <t>Murelli Orange 20x0,5l</t>
+  </si>
+  <si>
+    <t>2201241</t>
+  </si>
+  <si>
+    <t>Murelli Orange-Maracuja 0,5l</t>
+  </si>
+  <si>
+    <t>220124</t>
+  </si>
+  <si>
+    <t>Murelli Orange-Maracuja 20x0,5l</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>220126</t>
+  </si>
+  <si>
+    <t>Murelli Rhabarber &amp; Minze 20x0,5l</t>
+  </si>
+  <si>
+    <t>2201251</t>
+  </si>
+  <si>
+    <t>Murelli Zitrone 0,5l</t>
+  </si>
+  <si>
+    <t>220125</t>
+  </si>
+  <si>
+    <t>Murelli Zitrone 20x0,5l</t>
+  </si>
+  <si>
+    <t>919030</t>
+  </si>
+  <si>
+    <t>Nimm2 Lachgummi Frucht &amp; Joghurt 250 g</t>
+  </si>
+  <si>
+    <t>3,50</t>
+  </si>
+  <si>
+    <t>919145</t>
+  </si>
+  <si>
+    <t>Orbit White Erdbeere 10 Stück</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>919144</t>
+  </si>
+  <si>
+    <t>Orbit White Himbeere Granatapfel 10 Stück</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>919143</t>
+  </si>
+  <si>
+    <t>Orbit White Spearmint 10 Stück</t>
+  </si>
+  <si>
+    <t>918600</t>
+  </si>
+  <si>
+    <t>Palmwedelpicker 10 Stück</t>
+  </si>
+  <si>
+    <t>1,35</t>
+  </si>
+  <si>
+    <t>918122</t>
+  </si>
+  <si>
+    <t>Pappteller 13x20 cm 25 Stück</t>
+  </si>
+  <si>
+    <t>918123</t>
+  </si>
+  <si>
+    <t>Pappteller 13x20 cm 250 Stück</t>
+  </si>
+  <si>
+    <t>918125</t>
+  </si>
+  <si>
+    <t>Pappteller 16,5x23 cm 250 Stück</t>
+  </si>
+  <si>
+    <t>21,59</t>
+  </si>
+  <si>
+    <t>918127</t>
+  </si>
+  <si>
+    <t>Pappteller pure rund 23 cm 25 Stück</t>
+  </si>
+  <si>
+    <t>4,90</t>
+  </si>
+  <si>
+    <t>918128</t>
+  </si>
+  <si>
+    <t>Pappteller rund 23 cm 100 Stück</t>
+  </si>
+  <si>
+    <t>10,99</t>
+  </si>
+  <si>
+    <t>210108</t>
+  </si>
+  <si>
+    <t>Pendl Apfel-Brombeer-Saft 12x1l</t>
+  </si>
+  <si>
+    <t>31,56</t>
+  </si>
+  <si>
+    <t>2101081</t>
+  </si>
+  <si>
+    <t>Pendl Apfel-Brombeer-Saft 1l</t>
+  </si>
+  <si>
+    <t>2,63</t>
+  </si>
+  <si>
+    <t>210097</t>
+  </si>
+  <si>
+    <t>Pendl Apfel-Holundersaft 12x1l</t>
+  </si>
+  <si>
+    <t>2100971</t>
+  </si>
+  <si>
+    <t>Pendl Apfel-Holundersaft 1l</t>
+  </si>
+  <si>
+    <t>210091</t>
+  </si>
+  <si>
+    <t>Pendl Apfelmost 12x1l</t>
+  </si>
+  <si>
+    <t>28,20</t>
+  </si>
+  <si>
+    <t>210098</t>
+  </si>
+  <si>
+    <t>Pendl Apfelsaft klar 12x1l</t>
+  </si>
+  <si>
+    <t>23,88</t>
+  </si>
+  <si>
+    <t>2100981</t>
+  </si>
+  <si>
+    <t>Pendl Apfelsaft klar 1l</t>
+  </si>
+  <si>
+    <t>1,99</t>
+  </si>
+  <si>
+    <t>210092</t>
+  </si>
+  <si>
+    <t>Pendl Apfelsaft naturtrüb 12x1l</t>
+  </si>
+  <si>
+    <t>2100921</t>
+  </si>
+  <si>
+    <t>Pendl Apfelsaft naturtrüb 1l</t>
+  </si>
+  <si>
+    <t>210093</t>
+  </si>
+  <si>
+    <t>Pendl Marillennektar 12x1l</t>
+  </si>
+  <si>
+    <t>2100931</t>
+  </si>
+  <si>
+    <t>Pendl Marillennektar 1l</t>
+  </si>
+  <si>
+    <t>210094</t>
+  </si>
+  <si>
+    <t>Pendl Pfirsichnektar 12x1l</t>
+  </si>
+  <si>
+    <t>2100941</t>
+  </si>
+  <si>
+    <t>Pendl Pfirsichnektar 1l</t>
+  </si>
+  <si>
+    <t>210096</t>
+  </si>
+  <si>
+    <t>Pendl Williams Christ Birnennektar 12x1l</t>
+  </si>
+  <si>
+    <t>2100961</t>
+  </si>
+  <si>
+    <t>Pendl Williams Christ Birnennektar 1l</t>
+  </si>
+  <si>
+    <t>1102671</t>
+  </si>
+  <si>
+    <t>Peroni Nastro Azzurro 5% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>110267</t>
+  </si>
+  <si>
+    <t>Peroni Nastro Azzurro 5% Vol. 24x0,33l</t>
+  </si>
+  <si>
+    <t>42,96</t>
+  </si>
+  <si>
+    <t>2300501</t>
+  </si>
+  <si>
+    <t>Peterquelle Mineralwasser 0,33l</t>
+  </si>
+  <si>
+    <t>0,43</t>
+  </si>
+  <si>
+    <t>230051</t>
+  </si>
+  <si>
+    <t>Peterquelle Mineralwasser 12x1l</t>
+  </si>
+  <si>
+    <t>429</t>
+  </si>
+  <si>
+    <t>6,29</t>
+  </si>
+  <si>
+    <t>2300511</t>
+  </si>
+  <si>
+    <t>Peterquelle Mineralwasser 1l</t>
+  </si>
+  <si>
+    <t>0,52</t>
+  </si>
+  <si>
+    <t>230050</t>
+  </si>
+  <si>
+    <t>Peterquelle Mineralwasser 20x0,33l</t>
+  </si>
+  <si>
+    <t>8,64</t>
+  </si>
+  <si>
+    <t>410030</t>
+  </si>
+  <si>
+    <t>Platzer Welschriesling Landwein 11,5% Vol. 12x1l</t>
+  </si>
+  <si>
+    <t>65,88</t>
+  </si>
+  <si>
+    <t>4100301</t>
+  </si>
+  <si>
+    <t>Platzer Welschriesling Landwein 11,5% Vol. 1l</t>
+  </si>
+  <si>
+    <t>5,49</t>
+  </si>
+  <si>
+    <t>230060</t>
+  </si>
+  <si>
+    <t>Preblauer 12x1l</t>
+  </si>
+  <si>
+    <t>15,12</t>
+  </si>
+  <si>
+    <t>2300601</t>
+  </si>
+  <si>
+    <t>Preblauer 1l</t>
+  </si>
+  <si>
+    <t>1,26</t>
+  </si>
+  <si>
+    <t>850013</t>
+  </si>
+  <si>
+    <t>Propan Flüssiggas 10 kg</t>
+  </si>
+  <si>
+    <t>59,90</t>
+  </si>
+  <si>
+    <t>918143</t>
+  </si>
+  <si>
+    <t>Prägeservietten weiss 100 Stück</t>
+  </si>
+  <si>
+    <t>372</t>
+  </si>
+  <si>
+    <t>917330</t>
+  </si>
+  <si>
+    <t>Präsentkarton NATUR offene Welle 6er 38 cm</t>
+  </si>
+  <si>
+    <t>11,50</t>
+  </si>
+  <si>
+    <t>917325</t>
+  </si>
+  <si>
+    <t>Präsentkarton Struktura VITA Perlmut 1er</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>29,28</t>
-[...230 lines deleted...]
-    <t>Edelweiss Hofbräu Weizenbier 4,5% Vol. 0,5l</t>
+    <t>3,79</t>
+  </si>
+  <si>
+    <t>917326</t>
+  </si>
+  <si>
+    <t>Präsentkarton Struktura VITA Perlmut 2er</t>
+  </si>
+  <si>
+    <t>5,59</t>
+  </si>
+  <si>
+    <t>917327</t>
+  </si>
+  <si>
+    <t>Präsentkarton Struktura VITA Perlmut 3er</t>
+  </si>
+  <si>
+    <t>6,49</t>
+  </si>
+  <si>
+    <t>917331</t>
+  </si>
+  <si>
+    <t>Präsentkarton offene Welle Schwarz 6er 38 cm</t>
+  </si>
+  <si>
+    <t>11,99</t>
+  </si>
+  <si>
+    <t>917340</t>
+  </si>
+  <si>
+    <t>Präsentkorb Sechseck VINTAGE Holzoptik groß 41,5x46,5x15,5 cm</t>
+  </si>
+  <si>
+    <t>6,39</t>
+  </si>
+  <si>
+    <t>1102701</t>
+  </si>
+  <si>
+    <t>Puntigamer DAS BIERIGE BIER 5,1% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>0,99</t>
+  </si>
+  <si>
+    <t>110270</t>
+  </si>
+  <si>
+    <t>Puntigamer DAS BIERIGE BIER 5,1% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>4519</t>
+  </si>
+  <si>
+    <t>1102881</t>
+  </si>
+  <si>
+    <t>Puntigamer DAS BIERIGE BIER MEHRWEG 5,1% Vol. 0,33l</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>1,49</t>
-[...284 lines deleted...]
-    <t>Gösser Helles 4,4% Vol. 0,5l</t>
+    <t>0,93</t>
+  </si>
+  <si>
+    <t>110288</t>
+  </si>
+  <si>
+    <t>Puntigamer DAS BIERIGE BIER MEHRWEG 5,1% Vol. 24x0,33l</t>
+  </si>
+  <si>
+    <t>22,40</t>
+  </si>
+  <si>
+    <t>100069</t>
+  </si>
+  <si>
+    <t>Puntigamer Panther 5,2% Vol. 50l</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>174,90</t>
+  </si>
+  <si>
+    <t>110275-S</t>
+  </si>
+  <si>
+    <t>Puntigamer Winterbier 3x6er Pinolenkiste 6% Vol. 18x0,5l</t>
+  </si>
+  <si>
+    <t>30,50</t>
+  </si>
+  <si>
+    <t>1102752-S</t>
+  </si>
+  <si>
+    <t>Puntigamer Winterbier 6% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,69</t>
+  </si>
+  <si>
+    <t>850018-S</t>
+  </si>
+  <si>
+    <t>Puntigamer-Sonnenschirm 3,5 m</t>
+  </si>
+  <si>
+    <t>559,90</t>
+  </si>
+  <si>
+    <t>2300701</t>
+  </si>
+  <si>
+    <t>Radenska 1l</t>
+  </si>
+  <si>
+    <t>0,65</t>
+  </si>
+  <si>
+    <t>230070</t>
+  </si>
+  <si>
+    <t>Radenska 6x1l</t>
+  </si>
+  <si>
+    <t>1102931</t>
+  </si>
+  <si>
+    <t>Reininghaus Märzen 5% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110293</t>
+  </si>
+  <si>
+    <t>Reininghaus Märzen 5% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>919112</t>
+  </si>
+  <si>
+    <t>Ritter Sport Schokowürfel 176 g</t>
+  </si>
+  <si>
+    <t>6,90</t>
+  </si>
+  <si>
+    <t>2101831</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Apfel-Johannisbeer 1l</t>
+  </si>
+  <si>
+    <t>4,45</t>
+  </si>
+  <si>
+    <t>210183</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Apfel-Johannisbeer 6x1l</t>
+  </si>
+  <si>
+    <t>2101691</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Apfel-Karotte 1l</t>
+  </si>
+  <si>
+    <t>3,44</t>
+  </si>
+  <si>
+    <t>210169</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Apfel-Karotte 6x1l</t>
+  </si>
+  <si>
+    <t>20,64</t>
+  </si>
+  <si>
+    <t>2101701</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Apfel-Weichsel 1l</t>
+  </si>
+  <si>
+    <t>4,46</t>
+  </si>
+  <si>
+    <t>210170</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Apfel-Weichsel 6x1l</t>
+  </si>
+  <si>
+    <t>26,76</t>
+  </si>
+  <si>
+    <t>2101671</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Apfelsaft klar 1l</t>
+  </si>
+  <si>
+    <t>2,72</t>
+  </si>
+  <si>
+    <t>210167</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Apfelsaft klar 6x1l</t>
+  </si>
+  <si>
+    <t>16,32</t>
+  </si>
+  <si>
+    <t>2101681</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Apfelsaft naturtrüb 1l</t>
+  </si>
+  <si>
+    <t>3,00</t>
+  </si>
+  <si>
+    <t>210168</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Apfelsaft naturtrüb 6x1l</t>
+  </si>
+  <si>
+    <t>18,00</t>
+  </si>
+  <si>
+    <t>2101721</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Marillennektar 1l</t>
+  </si>
+  <si>
+    <t>5,32</t>
+  </si>
+  <si>
+    <t>210172</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Marillennektar 6x1l</t>
+  </si>
+  <si>
+    <t>31,92</t>
+  </si>
+  <si>
+    <t>2101711</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Pfirsichnektar 1l</t>
+  </si>
+  <si>
+    <t>5,00</t>
+  </si>
+  <si>
+    <t>210171</t>
+  </si>
+  <si>
+    <t>Rosenberger BIO Pfirsichnektar 6x1l</t>
+  </si>
+  <si>
+    <t>2300961</t>
+  </si>
+  <si>
+    <t>Römerquelle Emotion Birne-Melisse 0,33l</t>
+  </si>
+  <si>
+    <t>0,70</t>
+  </si>
+  <si>
+    <t>230096</t>
+  </si>
+  <si>
+    <t>Römerquelle Emotion Birne-Melisse 20x0,33l</t>
+  </si>
+  <si>
+    <t>14,00</t>
+  </si>
+  <si>
+    <t>230144</t>
+  </si>
+  <si>
+    <t>Römerquelle mild Splitkiste 12x1l</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>8,28</t>
+  </si>
+  <si>
+    <t>2301351</t>
+  </si>
+  <si>
+    <t>Römerquelle prickelnd 0,33l</t>
+  </si>
+  <si>
+    <t>0,56</t>
+  </si>
+  <si>
+    <t>230135</t>
+  </si>
+  <si>
+    <t>Römerquelle prickelnd 20x0,33l</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>11,20</t>
+  </si>
+  <si>
+    <t>230143</t>
+  </si>
+  <si>
+    <t>Römerquelle prickelnd Splitkiste 12x1l</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>2301431</t>
+  </si>
+  <si>
+    <t>Römerquelle prickelnd Splitkiste 1l</t>
+  </si>
+  <si>
+    <t>0,69</t>
+  </si>
+  <si>
+    <t>2301401</t>
+  </si>
+  <si>
+    <t>Römerquelle still 0,33l</t>
+  </si>
+  <si>
+    <t>230140</t>
+  </si>
+  <si>
+    <t>Römerquelle still 20x0,33l</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>910180</t>
+  </si>
+  <si>
+    <t>Sack Eiswürfel 7 kg</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>5,60</t>
+  </si>
+  <si>
+    <t>230151</t>
+  </si>
+  <si>
+    <t>San Pellegrino 12x0,75l</t>
+  </si>
+  <si>
+    <t>22,98</t>
+  </si>
+  <si>
+    <t>1103001</t>
+  </si>
+  <si>
+    <t>Schneider Weisse 5,4% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110300</t>
+  </si>
+  <si>
+    <t>Schneider Weisse 5,4% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>2201441</t>
+  </si>
+  <si>
+    <t>Schweppes Indian Tonic Water 1l</t>
+  </si>
+  <si>
+    <t>2,81</t>
+  </si>
+  <si>
+    <t>220144</t>
+  </si>
+  <si>
+    <t>Schweppes Indian Tonic Water 6x1l</t>
+  </si>
+  <si>
+    <t>16,86</t>
+  </si>
+  <si>
+    <t>220141</t>
+  </si>
+  <si>
+    <t>Schweppes Original Bitter Lemon 6x1l</t>
+  </si>
+  <si>
+    <t>220158</t>
+  </si>
+  <si>
+    <t>Schweppes Russian Wild Berry 6x1l</t>
+  </si>
+  <si>
+    <t>17,34</t>
+  </si>
+  <si>
+    <t>918164</t>
+  </si>
+  <si>
+    <t>Sekt Stiel-glass C-PLA 0,1 l 24 Stück</t>
+  </si>
+  <si>
+    <t>23,90</t>
+  </si>
+  <si>
+    <t>230171</t>
+  </si>
+  <si>
+    <t>Sodawasser Container 19l</t>
+  </si>
+  <si>
+    <t>919125</t>
+  </si>
+  <si>
+    <t>Soletti Goldfischli Sesam 100 g</t>
+  </si>
+  <si>
+    <t>2,90</t>
+  </si>
+  <si>
+    <t>1102041</t>
+  </si>
+  <si>
+    <t>Spaten Münchner Hell 5,2% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110204</t>
+  </si>
+  <si>
+    <t>Spaten Münchner Hell 5,2% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>31,80</t>
+  </si>
+  <si>
+    <t>2201371</t>
+  </si>
+  <si>
+    <t>Steirer Fit ACE 0,33l</t>
+  </si>
+  <si>
+    <t>0,85</t>
+  </si>
+  <si>
+    <t>220137</t>
+  </si>
+  <si>
+    <t>Steirer Fit ACE 24x0,33l</t>
+  </si>
+  <si>
+    <t>20,40</t>
+  </si>
+  <si>
+    <t>220136</t>
+  </si>
+  <si>
+    <t>Steirer Kola 12x1l</t>
+  </si>
+  <si>
+    <t>14,70</t>
+  </si>
+  <si>
+    <t>2201361</t>
+  </si>
+  <si>
+    <t>Steirer Kola 1l</t>
+  </si>
+  <si>
+    <t>1,23</t>
+  </si>
+  <si>
+    <t>2201001</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Himbeer 0,33l</t>
+  </si>
+  <si>
+    <t>220133</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Himbeer 12x1l</t>
+  </si>
+  <si>
+    <t>14,28</t>
+  </si>
+  <si>
+    <t>2201331</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Himbeer 1l</t>
+  </si>
+  <si>
+    <t>220100</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Himbeer 24x0,33l</t>
+  </si>
+  <si>
+    <t>16,56</t>
+  </si>
+  <si>
+    <t>2201031</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Holunder Limette-Minze 0,33l</t>
+  </si>
+  <si>
+    <t>0,73</t>
+  </si>
+  <si>
+    <t>220103</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Holunder Limette-Minze 24x0,33l</t>
+  </si>
+  <si>
+    <t>17,52</t>
+  </si>
+  <si>
+    <t>220169-S</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Johannisbeer 24x0,33l</t>
+  </si>
+  <si>
+    <t>30,90</t>
+  </si>
+  <si>
+    <t>2201051</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Zitrone 0,33l</t>
+  </si>
+  <si>
+    <t>220135</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Zitrone 12x1l</t>
+  </si>
+  <si>
+    <t>14,76</t>
+  </si>
+  <si>
+    <t>220105</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Zitrone 24x0,33l</t>
+  </si>
+  <si>
+    <t>230170</t>
+  </si>
+  <si>
+    <t>Steirer Soda Sodawasser 12x1l</t>
+  </si>
+  <si>
+    <t>10,20</t>
+  </si>
+  <si>
+    <t>2301701</t>
+  </si>
+  <si>
+    <t>Steirer Soda Sodawasser 1l</t>
+  </si>
+  <si>
+    <t>1103061</t>
+  </si>
+  <si>
+    <t>Stella Artois Premium Lager Beer 5,2% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1,55</t>
+  </si>
+  <si>
+    <t>1102891</t>
+  </si>
+  <si>
+    <t>Stiegl Goldbräu Jägerbier 5% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1102291</t>
+  </si>
+  <si>
+    <t>Stiegl Paracelsus Glutenfrei MEHRWEG 4,9% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>2,54</t>
+  </si>
+  <si>
+    <t>110229-S</t>
+  </si>
+  <si>
+    <t>Stiegl Paracelsus Glutenfrei MEHRWEG 4,9% Vol. 24x0,33l</t>
+  </si>
+  <si>
+    <t>60,90</t>
+  </si>
+  <si>
+    <t>1103221</t>
+  </si>
+  <si>
+    <t>Stiegl Radler Grapefruit 2% Vol. 0,33l</t>
   </si>
   <si>
     <t>1,62</t>
   </si>
   <si>
-    <t>1102261</t>
-[...725 lines deleted...]
-    <t>Murauer 3x6er Pinolen-Kiste alkoholfrei 0,5l</t>
+    <t>110322</t>
+  </si>
+  <si>
+    <t>Stiegl Radler Grapefruit 2% Vol. 12x0,33l</t>
+  </si>
+  <si>
+    <t>19,44</t>
+  </si>
+  <si>
+    <t>918193</t>
+  </si>
+  <si>
+    <t>Suppenschale aus Zuckerrohr 0,5l 12 Stück</t>
+  </si>
+  <si>
+    <t>919069</t>
+  </si>
+  <si>
+    <t>TUC Paprika 100 g</t>
+  </si>
+  <si>
+    <t>2,60</t>
+  </si>
+  <si>
+    <t>1101751</t>
+  </si>
+  <si>
+    <t>Tegernseer hell 4,8% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110175</t>
+  </si>
+  <si>
+    <t>Tegernseer hell 4,8% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>28,00</t>
+  </si>
+  <si>
+    <t>1101871</t>
+  </si>
+  <si>
+    <t>Trumer Obertrumer Märzen 4,8% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110187</t>
+  </si>
+  <si>
+    <t>Trumer Obertrumer Märzen 4,8% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>1102061</t>
+  </si>
+  <si>
+    <t>Trumer Obertrumer Original Zwickl 4,8% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110206</t>
+  </si>
+  <si>
+    <t>Trumer Obertrumer Original Zwickl 4,8% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>210111</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Apfel-Quittensaft Naturtrüb 12x1l</t>
+  </si>
+  <si>
+    <t>33,48</t>
+  </si>
+  <si>
+    <t>2101111</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Apfel-Quittensaft Naturtrüb 1l</t>
+  </si>
+  <si>
+    <t>2,79</t>
+  </si>
+  <si>
+    <t>210112</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Apfel-Rote-Rübensaft Naturtrüb 12x1l</t>
+  </si>
+  <si>
+    <t>2101121</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Apfel-Rote-Rübensaft Naturtrüb 1l</t>
+  </si>
+  <si>
+    <t>210109</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Apfelsaft with Mangomark Naturtrüb 12x1l</t>
+  </si>
+  <si>
+    <t>2101091</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Apfelsaft with Mangomark Naturtrüb 1l</t>
+  </si>
+  <si>
+    <t>210113</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Multifrucht Naturtrüb 12x1l</t>
+  </si>
+  <si>
+    <t>2101131</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Multifrucht Naturtrüb 1l</t>
+  </si>
+  <si>
+    <t>1102241</t>
+  </si>
+  <si>
+    <t>Unertl Weissbier Bügelflasche 4,9% Vol. 0,5l</t>
   </si>
   <si>
     <t>1,89</t>
   </si>
   <si>
-    <t>110207</t>
-[...1267 lines deleted...]
-  <si>
     <t>110224</t>
   </si>
   <si>
     <t>Unertl Weissbier Bügelflasche 4,9% Vol. 16x0,5l</t>
   </si>
   <si>
-    <t>30,24</t>
-[...1 lines deleted...]
-  <si>
     <t>2301961</t>
   </si>
   <si>
     <t>Vöslauer mild 1l</t>
   </si>
   <si>
     <t>0,98</t>
   </si>
   <si>
     <t>230196</t>
   </si>
   <si>
     <t>Vöslauer mild Splitkiste 8x1l</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>7,84</t>
   </si>
   <si>
     <t>2301971</t>
   </si>
   <si>
     <t>Vöslauer ohne 1l</t>
   </si>
   <si>
     <t>230197</t>
   </si>
   <si>
     <t>Vöslauer ohne Splitkiste 8x1l</t>
   </si>
   <si>
-    <t>393</t>
+    <t>390</t>
   </si>
   <si>
     <t>7,80</t>
   </si>
   <si>
     <t>2302041</t>
   </si>
   <si>
     <t>Vöslauer prickelnd 1l</t>
   </si>
   <si>
+    <t>1,01</t>
+  </si>
+  <si>
     <t>230204</t>
   </si>
   <si>
     <t>Vöslauer prickelnd Splitkiste 8x1l</t>
   </si>
   <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>8,10</t>
+  </si>
+  <si>
     <t>2302161</t>
   </si>
   <si>
     <t>Waldquelle Zitrus-Mix Spritzig 0,5l Pfand</t>
   </si>
   <si>
     <t>0,77</t>
   </si>
   <si>
     <t>230216</t>
   </si>
   <si>
     <t>Waldquelle Zitrus-Mix Spritzig 12x0,5l Pfand</t>
   </si>
   <si>
-    <t>99</t>
+    <t>97</t>
   </si>
   <si>
     <t>9,24</t>
   </si>
   <si>
     <t>230214</t>
   </si>
   <si>
     <t>Waldquelle Zitrus-Mix Spritzig 12x1l</t>
   </si>
   <si>
     <t>8,90</t>
   </si>
   <si>
     <t>230211</t>
   </si>
   <si>
     <t>Waldquelle spritzig 12x1l</t>
   </si>
   <si>
-    <t>780</t>
+    <t>570</t>
   </si>
   <si>
     <t>6,50</t>
   </si>
   <si>
     <t>2302111</t>
   </si>
   <si>
     <t>Waldquelle spritzig 1l</t>
   </si>
   <si>
     <t>1103351</t>
   </si>
   <si>
     <t>Weihenstephaner hefetrüb alkoholfrei 0,5l</t>
   </si>
   <si>
     <t>110335-S</t>
   </si>
   <si>
     <t>Weihenstephaner hefetrüb alkoholfrei 20x0,5l</t>
   </si>
   <si>
     <t>31,00</t>
   </si>
   <si>
     <t>1103211</t>
   </si>
   <si>
     <t>Weihenstephaner hefetrüb hell 5,4% Vol. 0,5l</t>
   </si>
   <si>
-    <t>1,68</t>
-[...1 lines deleted...]
-  <si>
     <t>110321</t>
   </si>
   <si>
     <t>Weihenstephaner hefetrüb hell 5,4% Vol. 20x0,5l</t>
   </si>
   <si>
-    <t>33,60</t>
-[...7 lines deleted...]
-  <si>
     <t>110330</t>
   </si>
   <si>
     <t>Wieselburger Gold 5% Vol. 20x0,5l</t>
   </si>
   <si>
     <t>1103311</t>
   </si>
   <si>
     <t>Wieselburger Stammbräu 5,4% Vol. 0,5l</t>
   </si>
   <si>
     <t>2,09</t>
   </si>
   <si>
     <t>110331</t>
   </si>
   <si>
     <t>Wieselburger Stammbräu 5,4% Vol. 20x0,5l</t>
   </si>
   <si>
     <t>41,80</t>
   </si>
   <si>
     <t>1102161</t>
@@ -2812,50 +2791,62 @@
     <t>Wildbräu Hell 5% Vol. 0,33l</t>
   </si>
   <si>
     <t>1,29</t>
   </si>
   <si>
     <t>1102151</t>
   </si>
   <si>
     <t>Wildbräu Hell 5% Vol. 0,5l</t>
   </si>
   <si>
     <t>110216</t>
   </si>
   <si>
     <t>Wildbräu Hell 5% Vol. 20x0,33l</t>
   </si>
   <si>
     <t>25,80</t>
   </si>
   <si>
     <t>110215</t>
   </si>
   <si>
     <t>Wildbräu Hell 5% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>919146</t>
+  </si>
+  <si>
+    <t>Wrigley's Orbit Spearmint 12 Stück</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>1,00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3211,54 +3202,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O332"/>
+  <dimension ref="A1:O329"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E332" sqref="E332"/>
+      <selection activeCell="E329" sqref="E329"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11" customWidth="true" style="0"/>
     <col min="2" max="2" width="49" customWidth="true" style="0"/>
     <col min="3" max="3" width="6" customWidth="true" style="0"/>
     <col min="4" max="4" width="9" customWidth="true" style="0"/>
     <col min="5" max="5" width="28" customWidth="true" style="0"/>
     <col min="6" max="6" width="11" customWidth="true" style="0"/>
     <col min="7" max="7" width="9" customWidth="true" style="0"/>
     <col min="8" max="8" width="9" customWidth="true" style="0"/>
     <col min="9" max="9" width="9" customWidth="true" style="0"/>
     <col min="10" max="10" width="9" customWidth="true" style="0"/>
     <col min="11" max="11" width="9" customWidth="true" style="0"/>
     <col min="12" max="12" width="9" customWidth="true" style="0"/>
     <col min="13" max="13" width="9" customWidth="true" style="0"/>
     <col min="14" max="14" width="9" customWidth="true" style="0"/>
     <col min="15" max="15" width="9" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
@@ -3479,4766 +3470,4721 @@
       <c r="E16"/>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" t="s">
         <v>59</v>
       </c>
       <c r="B17" t="s">
         <v>60</v>
       </c>
       <c r="C17" t="s">
         <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>61</v>
       </c>
       <c r="E17"/>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" t="s">
         <v>62</v>
       </c>
       <c r="B18" t="s">
         <v>63</v>
       </c>
       <c r="C18" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
         <v>64</v>
       </c>
       <c r="E18"/>
     </row>
     <row r="19" spans="1:15">
       <c r="A19" t="s">
         <v>65</v>
       </c>
       <c r="B19" t="s">
         <v>66</v>
       </c>
       <c r="C19" t="s">
+        <v>29</v>
+      </c>
+      <c r="D19" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="E19"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="s">
+        <v>68</v>
+      </c>
+      <c r="B20" t="s">
         <v>69</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
+        <v>25</v>
+      </c>
+      <c r="D20" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
       <c r="E20"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="s">
+        <v>71</v>
+      </c>
+      <c r="B21" t="s">
+        <v>72</v>
+      </c>
+      <c r="C21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D21" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E21"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="s">
+        <v>74</v>
+      </c>
+      <c r="B22" t="s">
+        <v>75</v>
+      </c>
+      <c r="C22" t="s">
+        <v>76</v>
+      </c>
+      <c r="D22" t="s">
         <v>77</v>
-      </c>
-[...7 lines deleted...]
-        <v>72</v>
       </c>
       <c r="E22"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="s">
+        <v>78</v>
+      </c>
+      <c r="B23" t="s">
+        <v>79</v>
+      </c>
+      <c r="C23" t="s">
+        <v>41</v>
+      </c>
+      <c r="D23" t="s">
         <v>80</v>
-      </c>
-[...7 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E23"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="s">
+        <v>81</v>
+      </c>
+      <c r="B24" t="s">
         <v>82</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>83</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="E24"/>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="s">
         <v>85</v>
       </c>
       <c r="B25" t="s">
         <v>86</v>
       </c>
       <c r="C25" t="s">
-        <v>87</v>
+        <v>29</v>
       </c>
       <c r="D25" t="s">
-        <v>46</v>
+        <v>73</v>
       </c>
       <c r="E25"/>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="s">
+        <v>87</v>
+      </c>
+      <c r="B26" t="s">
         <v>88</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>89</v>
       </c>
-      <c r="C26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D26" t="s">
-        <v>50</v>
+        <v>84</v>
       </c>
       <c r="E26"/>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="s">
         <v>90</v>
       </c>
       <c r="B27" t="s">
         <v>91</v>
       </c>
       <c r="C27" t="s">
-        <v>33</v>
+        <v>92</v>
       </c>
       <c r="D27" t="s">
-        <v>92</v>
+        <v>73</v>
       </c>
       <c r="E27"/>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="s">
         <v>93</v>
       </c>
       <c r="B28" t="s">
         <v>94</v>
       </c>
       <c r="C28" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="D28" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="E28"/>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="s">
         <v>95</v>
       </c>
       <c r="B29" t="s">
         <v>96</v>
       </c>
       <c r="C29" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="D29" t="s">
-        <v>97</v>
+        <v>54</v>
       </c>
       <c r="E29"/>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="s">
+        <v>97</v>
+      </c>
+      <c r="B30" t="s">
         <v>98</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" t="s">
-        <v>100</v>
+        <v>29</v>
       </c>
       <c r="D30" t="s">
-        <v>101</v>
+        <v>58</v>
       </c>
       <c r="E30"/>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B31" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C31" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="D31" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="E31"/>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B32" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="C32" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="D32" t="s">
-        <v>97</v>
+        <v>70</v>
       </c>
       <c r="E32"/>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B33" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C33" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="D33" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="E33"/>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="s">
+        <v>107</v>
+      </c>
+      <c r="B34" t="s">
+        <v>108</v>
+      </c>
+      <c r="C34" t="s">
+        <v>109</v>
+      </c>
+      <c r="D34" t="s">
         <v>110</v>
-      </c>
-[...7 lines deleted...]
-        <v>112</v>
       </c>
       <c r="E34"/>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="s">
+        <v>111</v>
+      </c>
+      <c r="B35" t="s">
+        <v>112</v>
+      </c>
+      <c r="C35" t="s">
+        <v>89</v>
+      </c>
+      <c r="D35" t="s">
         <v>113</v>
-      </c>
-[...7 lines deleted...]
-        <v>115</v>
       </c>
       <c r="E35"/>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="s">
+        <v>114</v>
+      </c>
+      <c r="B36" t="s">
+        <v>115</v>
+      </c>
+      <c r="C36" t="s">
+        <v>9</v>
+      </c>
+      <c r="D36" t="s">
         <v>116</v>
-      </c>
-[...7 lines deleted...]
-        <v>54</v>
       </c>
       <c r="E36"/>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="s">
+        <v>117</v>
+      </c>
+      <c r="B37" t="s">
         <v>118</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
+        <v>89</v>
+      </c>
+      <c r="D37" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E37"/>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="s">
+        <v>120</v>
+      </c>
+      <c r="B38" t="s">
         <v>121</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
+        <v>33</v>
+      </c>
+      <c r="D38" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
       <c r="E38"/>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="s">
         <v>123</v>
       </c>
       <c r="B39" t="s">
         <v>124</v>
       </c>
       <c r="C39" t="s">
-        <v>49</v>
+        <v>125</v>
       </c>
       <c r="D39" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="E39"/>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B40" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C40" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="D40" t="s">
-        <v>127</v>
+        <v>61</v>
       </c>
       <c r="E40"/>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B41" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C41" t="s">
-        <v>84</v>
+        <v>132</v>
       </c>
       <c r="D41" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="E41"/>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="B42" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="C42" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="D42" t="s">
-        <v>76</v>
+        <v>61</v>
       </c>
       <c r="E42"/>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B43" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C43" t="s">
-        <v>84</v>
+        <v>17</v>
       </c>
       <c r="D43" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:15">
       <c r="A44" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B44" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C44" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="D44" t="s">
         <v>140</v>
       </c>
       <c r="E44"/>
     </row>
     <row r="45" spans="1:15">
       <c r="A45" t="s">
         <v>141</v>
       </c>
       <c r="B45" t="s">
         <v>142</v>
       </c>
       <c r="C45" t="s">
-        <v>84</v>
+        <v>17</v>
       </c>
       <c r="D45" t="s">
         <v>143</v>
       </c>
       <c r="E45"/>
     </row>
     <row r="46" spans="1:15">
       <c r="A46" t="s">
         <v>144</v>
       </c>
       <c r="B46" t="s">
         <v>145</v>
       </c>
       <c r="C46" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="D46" t="s">
         <v>146</v>
       </c>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:15">
       <c r="A47" t="s">
         <v>147</v>
       </c>
       <c r="B47" t="s">
         <v>148</v>
       </c>
       <c r="C47" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="D47" t="s">
         <v>149</v>
       </c>
       <c r="E47"/>
     </row>
     <row r="48" spans="1:15">
       <c r="A48" t="s">
         <v>150</v>
       </c>
       <c r="B48" t="s">
         <v>151</v>
       </c>
       <c r="C48" t="s">
-        <v>152</v>
+        <v>25</v>
       </c>
       <c r="D48" t="s">
-        <v>153</v>
+        <v>34</v>
       </c>
       <c r="E48"/>
     </row>
     <row r="49" spans="1:15">
       <c r="A49" t="s">
+        <v>152</v>
+      </c>
+      <c r="B49" t="s">
+        <v>153</v>
+      </c>
+      <c r="C49" t="s">
+        <v>89</v>
+      </c>
+      <c r="D49" t="s">
         <v>154</v>
-      </c>
-[...7 lines deleted...]
-        <v>156</v>
       </c>
       <c r="E49"/>
     </row>
     <row r="50" spans="1:15">
       <c r="A50" t="s">
+        <v>155</v>
+      </c>
+      <c r="B50" t="s">
+        <v>156</v>
+      </c>
+      <c r="C50" t="s">
+        <v>33</v>
+      </c>
+      <c r="D50" t="s">
         <v>157</v>
-      </c>
-[...7 lines deleted...]
-        <v>159</v>
       </c>
       <c r="E50"/>
     </row>
     <row r="51" spans="1:15">
       <c r="A51" t="s">
+        <v>158</v>
+      </c>
+      <c r="B51" t="s">
+        <v>159</v>
+      </c>
+      <c r="C51" t="s">
+        <v>33</v>
+      </c>
+      <c r="D51" t="s">
         <v>160</v>
-      </c>
-[...7 lines deleted...]
-        <v>162</v>
       </c>
       <c r="E51"/>
     </row>
     <row r="52" spans="1:15">
       <c r="A52" t="s">
+        <v>161</v>
+      </c>
+      <c r="B52" t="s">
+        <v>162</v>
+      </c>
+      <c r="C52" t="s">
+        <v>129</v>
+      </c>
+      <c r="D52" t="s">
         <v>163</v>
-      </c>
-[...7 lines deleted...]
-        <v>165</v>
       </c>
       <c r="E52"/>
     </row>
     <row r="53" spans="1:15">
       <c r="A53" t="s">
+        <v>164</v>
+      </c>
+      <c r="B53" t="s">
+        <v>165</v>
+      </c>
+      <c r="C53" t="s">
+        <v>49</v>
+      </c>
+      <c r="D53" t="s">
         <v>166</v>
-      </c>
-[...7 lines deleted...]
-        <v>168</v>
       </c>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:15">
       <c r="A54" t="s">
+        <v>167</v>
+      </c>
+      <c r="B54" t="s">
+        <v>168</v>
+      </c>
+      <c r="C54" t="s">
+        <v>33</v>
+      </c>
+      <c r="D54" t="s">
         <v>169</v>
-      </c>
-[...7 lines deleted...]
-        <v>171</v>
       </c>
       <c r="E54"/>
     </row>
     <row r="55" spans="1:15">
       <c r="A55" t="s">
+        <v>170</v>
+      </c>
+      <c r="B55" t="s">
+        <v>171</v>
+      </c>
+      <c r="C55" t="s">
         <v>172</v>
       </c>
-      <c r="B55" t="s">
+      <c r="D55" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
       <c r="E55"/>
     </row>
     <row r="56" spans="1:15">
       <c r="A56" t="s">
+        <v>174</v>
+      </c>
+      <c r="B56" t="s">
         <v>175</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
+        <v>125</v>
+      </c>
+      <c r="D56" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
       <c r="E56"/>
     </row>
     <row r="57" spans="1:15">
       <c r="A57" t="s">
+        <v>177</v>
+      </c>
+      <c r="B57" t="s">
         <v>178</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>179</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="E57"/>
     </row>
     <row r="58" spans="1:15">
       <c r="A58" t="s">
+        <v>181</v>
+      </c>
+      <c r="B58" t="s">
         <v>182</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
+        <v>9</v>
+      </c>
+      <c r="D58" t="s">
         <v>183</v>
-      </c>
-[...4 lines deleted...]
-        <v>184</v>
       </c>
       <c r="E58"/>
     </row>
     <row r="59" spans="1:15">
       <c r="A59" t="s">
+        <v>184</v>
+      </c>
+      <c r="B59" t="s">
         <v>185</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
+        <v>41</v>
+      </c>
+      <c r="D59" t="s">
         <v>186</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
       <c r="E59"/>
     </row>
     <row r="60" spans="1:15">
       <c r="A60" t="s">
+        <v>187</v>
+      </c>
+      <c r="B60" t="s">
         <v>188</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>189</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="E60"/>
     </row>
     <row r="61" spans="1:15">
       <c r="A61" t="s">
+        <v>191</v>
+      </c>
+      <c r="B61" t="s">
         <v>192</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
+        <v>29</v>
+      </c>
+      <c r="D61" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>194</v>
       </c>
       <c r="E61"/>
     </row>
     <row r="62" spans="1:15">
       <c r="A62" t="s">
+        <v>194</v>
+      </c>
+      <c r="B62" t="s">
         <v>195</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
+        <v>17</v>
+      </c>
+      <c r="D62" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>197</v>
       </c>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:15">
       <c r="A63" t="s">
+        <v>197</v>
+      </c>
+      <c r="B63" t="s">
         <v>198</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
+        <v>92</v>
+      </c>
+      <c r="D63" t="s">
         <v>199</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:15">
       <c r="A64" t="s">
         <v>200</v>
       </c>
       <c r="B64" t="s">
         <v>201</v>
       </c>
       <c r="C64" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="D64" t="s">
         <v>202</v>
       </c>
       <c r="E64"/>
     </row>
     <row r="65" spans="1:15">
       <c r="A65" t="s">
         <v>203</v>
       </c>
       <c r="B65" t="s">
         <v>204</v>
       </c>
       <c r="C65" t="s">
+        <v>129</v>
+      </c>
+      <c r="D65" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="E65"/>
     </row>
     <row r="66" spans="1:15">
       <c r="A66" t="s">
+        <v>206</v>
+      </c>
+      <c r="B66" t="s">
         <v>207</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
+        <v>29</v>
+      </c>
+      <c r="D66" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
       <c r="E66"/>
     </row>
     <row r="67" spans="1:15">
       <c r="A67" t="s">
         <v>209</v>
       </c>
       <c r="B67" t="s">
         <v>210</v>
       </c>
       <c r="C67" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D67" t="s">
-        <v>101</v>
+        <v>211</v>
       </c>
       <c r="E67"/>
     </row>
     <row r="68" spans="1:15">
       <c r="A68" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B68" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C68" t="s">
-        <v>41</v>
+        <v>214</v>
       </c>
       <c r="D68" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:15">
       <c r="A69" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B69" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C69" t="s">
-        <v>216</v>
+        <v>33</v>
       </c>
       <c r="D69" t="s">
-        <v>104</v>
+        <v>122</v>
       </c>
       <c r="E69"/>
     </row>
     <row r="70" spans="1:15">
       <c r="A70" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B70" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C70" t="s">
-        <v>49</v>
+        <v>172</v>
       </c>
       <c r="D70" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E70"/>
     </row>
     <row r="71" spans="1:15">
       <c r="A71" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B71" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C71" t="s">
-        <v>190</v>
+        <v>223</v>
       </c>
       <c r="D71" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E71"/>
     </row>
     <row r="72" spans="1:15">
       <c r="A72" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B72" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C72" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="D72" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:15">
       <c r="A73" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B73" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C73" t="s">
-        <v>227</v>
+        <v>89</v>
       </c>
       <c r="D73" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E73"/>
     </row>
     <row r="74" spans="1:15">
       <c r="A74" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B74" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C74" t="s">
-        <v>17</v>
+        <v>232</v>
       </c>
       <c r="D74" t="s">
-        <v>231</v>
+        <v>113</v>
       </c>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:15">
       <c r="A75" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B75" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C75" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="D75" t="s">
-        <v>234</v>
+        <v>122</v>
       </c>
       <c r="E75"/>
     </row>
     <row r="76" spans="1:15">
       <c r="A76" t="s">
         <v>235</v>
       </c>
       <c r="B76" t="s">
         <v>236</v>
       </c>
       <c r="C76" t="s">
-        <v>57</v>
+        <v>125</v>
       </c>
       <c r="D76" t="s">
         <v>237</v>
       </c>
       <c r="E76"/>
     </row>
     <row r="77" spans="1:15">
       <c r="A77" t="s">
         <v>238</v>
       </c>
       <c r="B77" t="s">
         <v>239</v>
       </c>
       <c r="C77" t="s">
-        <v>139</v>
+        <v>29</v>
       </c>
       <c r="D77" t="s">
-        <v>240</v>
+        <v>122</v>
       </c>
       <c r="E77"/>
     </row>
     <row r="78" spans="1:15">
       <c r="A78" t="s">
+        <v>240</v>
+      </c>
+      <c r="B78" t="s">
         <v>241</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78" t="s">
-        <v>243</v>
+        <v>189</v>
       </c>
       <c r="D78" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="E78"/>
     </row>
     <row r="79" spans="1:15">
       <c r="A79" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="B79" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="C79" t="s">
-        <v>75</v>
+        <v>125</v>
       </c>
       <c r="D79" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="E79"/>
     </row>
     <row r="80" spans="1:15">
       <c r="A80" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="B80" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C80" t="s">
-        <v>190</v>
+        <v>41</v>
       </c>
       <c r="D80" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="E80"/>
     </row>
     <row r="81" spans="1:15">
       <c r="A81" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="B81" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="C81" t="s">
-        <v>53</v>
+        <v>129</v>
       </c>
       <c r="D81" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="E81"/>
     </row>
     <row r="82" spans="1:15">
       <c r="A82" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="B82" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="C82" t="s">
-        <v>25</v>
+        <v>132</v>
       </c>
       <c r="D82" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="E82"/>
     </row>
     <row r="83" spans="1:15">
       <c r="A83" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="B83" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="C83" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D83" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="E83"/>
     </row>
     <row r="84" spans="1:15">
       <c r="A84" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="B84" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="C84" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="D84" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="E84"/>
     </row>
     <row r="85" spans="1:15">
       <c r="A85" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="B85" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="C85" t="s">
-        <v>79</v>
+        <v>37</v>
       </c>
       <c r="D85" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="E85"/>
     </row>
     <row r="86" spans="1:15">
       <c r="A86" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="B86" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="C86" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="D86" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="E86"/>
     </row>
     <row r="87" spans="1:15">
       <c r="A87" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="B87" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="C87" t="s">
-        <v>49</v>
+        <v>89</v>
       </c>
       <c r="D87" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="E87"/>
     </row>
     <row r="88" spans="1:15">
       <c r="A88" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="B88" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="C88" t="s">
-        <v>190</v>
+        <v>41</v>
       </c>
       <c r="D88" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="E88"/>
     </row>
     <row r="89" spans="1:15">
       <c r="A89" t="s">
+        <v>272</v>
+      </c>
+      <c r="B89" t="s">
+        <v>273</v>
+      </c>
+      <c r="C89" t="s">
+        <v>17</v>
+      </c>
+      <c r="D89" t="s">
         <v>274</v>
-      </c>
-[...7 lines deleted...]
-        <v>271</v>
       </c>
       <c r="E89"/>
     </row>
     <row r="90" spans="1:15">
       <c r="A90" t="s">
+        <v>275</v>
+      </c>
+      <c r="B90" t="s">
         <v>276</v>
       </c>
-      <c r="B90" t="s">
+      <c r="C90" t="s">
+        <v>214</v>
+      </c>
+      <c r="D90" t="s">
         <v>277</v>
-      </c>
-[...4 lines deleted...]
-        <v>278</v>
       </c>
       <c r="E90"/>
     </row>
     <row r="91" spans="1:15">
       <c r="A91" t="s">
+        <v>278</v>
+      </c>
+      <c r="B91" t="s">
         <v>279</v>
       </c>
-      <c r="B91" t="s">
+      <c r="C91" t="s">
+        <v>53</v>
+      </c>
+      <c r="D91" t="s">
         <v>280</v>
-      </c>
-[...4 lines deleted...]
-        <v>281</v>
       </c>
       <c r="E91"/>
     </row>
     <row r="92" spans="1:15">
       <c r="A92" t="s">
+        <v>281</v>
+      </c>
+      <c r="B92" t="s">
         <v>282</v>
       </c>
-      <c r="B92" t="s">
+      <c r="C92" t="s">
+        <v>33</v>
+      </c>
+      <c r="D92" t="s">
         <v>283</v>
-      </c>
-[...4 lines deleted...]
-        <v>284</v>
       </c>
       <c r="E92"/>
     </row>
     <row r="93" spans="1:15">
       <c r="A93" t="s">
+        <v>284</v>
+      </c>
+      <c r="B93" t="s">
         <v>285</v>
       </c>
-      <c r="B93" t="s">
+      <c r="C93" t="s">
+        <v>132</v>
+      </c>
+      <c r="D93" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>287</v>
       </c>
       <c r="E93"/>
     </row>
     <row r="94" spans="1:15">
       <c r="A94" t="s">
+        <v>287</v>
+      </c>
+      <c r="B94" t="s">
         <v>288</v>
       </c>
-      <c r="B94" t="s">
+      <c r="C94" t="s">
+        <v>132</v>
+      </c>
+      <c r="D94" t="s">
         <v>289</v>
-      </c>
-[...4 lines deleted...]
-        <v>290</v>
       </c>
       <c r="E94"/>
     </row>
     <row r="95" spans="1:15">
       <c r="A95" t="s">
+        <v>290</v>
+      </c>
+      <c r="B95" t="s">
         <v>291</v>
       </c>
-      <c r="B95" t="s">
+      <c r="C95" t="s">
+        <v>89</v>
+      </c>
+      <c r="D95" t="s">
         <v>292</v>
-      </c>
-[...4 lines deleted...]
-        <v>293</v>
       </c>
       <c r="E95"/>
     </row>
     <row r="96" spans="1:15">
       <c r="A96" t="s">
+        <v>293</v>
+      </c>
+      <c r="B96" t="s">
         <v>294</v>
       </c>
-      <c r="B96" t="s">
+      <c r="C96" t="s">
+        <v>214</v>
+      </c>
+      <c r="D96" t="s">
         <v>295</v>
-      </c>
-[...4 lines deleted...]
-        <v>296</v>
       </c>
       <c r="E96"/>
     </row>
     <row r="97" spans="1:15">
       <c r="A97" t="s">
+        <v>296</v>
+      </c>
+      <c r="B97" t="s">
         <v>297</v>
       </c>
-      <c r="B97" t="s">
+      <c r="C97" t="s">
+        <v>41</v>
+      </c>
+      <c r="D97" t="s">
         <v>298</v>
-      </c>
-[...4 lines deleted...]
-        <v>299</v>
       </c>
       <c r="E97"/>
     </row>
     <row r="98" spans="1:15">
       <c r="A98" t="s">
+        <v>299</v>
+      </c>
+      <c r="B98" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="C98" t="s">
         <v>53</v>
       </c>
       <c r="D98" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="E98"/>
     </row>
     <row r="99" spans="1:15">
       <c r="A99" t="s">
+        <v>302</v>
+      </c>
+      <c r="B99" t="s">
         <v>303</v>
       </c>
-      <c r="B99" t="s">
+      <c r="C99" t="s">
+        <v>132</v>
+      </c>
+      <c r="D99" t="s">
         <v>304</v>
-      </c>
-[...4 lines deleted...]
-        <v>305</v>
       </c>
       <c r="E99"/>
     </row>
     <row r="100" spans="1:15">
       <c r="A100" t="s">
+        <v>305</v>
+      </c>
+      <c r="B100" t="s">
         <v>306</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="D100" t="s">
-        <v>308</v>
+        <v>54</v>
       </c>
       <c r="E100"/>
     </row>
     <row r="101" spans="1:15">
       <c r="A101" t="s">
+        <v>307</v>
+      </c>
+      <c r="B101" t="s">
+        <v>308</v>
+      </c>
+      <c r="C101" t="s">
+        <v>214</v>
+      </c>
+      <c r="D101" t="s">
         <v>309</v>
-      </c>
-[...7 lines deleted...]
-        <v>127</v>
       </c>
       <c r="E101"/>
     </row>
     <row r="102" spans="1:15">
       <c r="A102" t="s">
+        <v>310</v>
+      </c>
+      <c r="B102" t="s">
         <v>311</v>
       </c>
-      <c r="B102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" t="s">
-        <v>49</v>
+        <v>125</v>
       </c>
       <c r="D102" t="s">
-        <v>130</v>
+        <v>304</v>
       </c>
       <c r="E102"/>
     </row>
     <row r="103" spans="1:15">
       <c r="A103" t="s">
+        <v>312</v>
+      </c>
+      <c r="B103" t="s">
         <v>313</v>
       </c>
-      <c r="B103" t="s">
+      <c r="C103" t="s">
+        <v>125</v>
+      </c>
+      <c r="D103" t="s">
         <v>314</v>
-      </c>
-[...4 lines deleted...]
-        <v>315</v>
       </c>
       <c r="E103"/>
     </row>
     <row r="104" spans="1:15">
       <c r="A104" t="s">
+        <v>315</v>
+      </c>
+      <c r="B104" t="s">
         <v>316</v>
       </c>
-      <c r="B104" t="s">
+      <c r="C104" t="s">
+        <v>17</v>
+      </c>
+      <c r="D104" t="s">
         <v>317</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
       <c r="E104"/>
     </row>
     <row r="105" spans="1:15">
       <c r="A105" t="s">
         <v>318</v>
       </c>
       <c r="B105" t="s">
         <v>319</v>
       </c>
       <c r="C105" t="s">
-        <v>41</v>
+        <v>125</v>
       </c>
       <c r="D105" t="s">
-        <v>104</v>
+        <v>320</v>
       </c>
       <c r="E105"/>
     </row>
     <row r="106" spans="1:15">
       <c r="A106" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B106" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C106" t="s">
-        <v>84</v>
+        <v>323</v>
       </c>
       <c r="D106" t="s">
-        <v>322</v>
+        <v>186</v>
       </c>
       <c r="E106"/>
     </row>
     <row r="107" spans="1:15">
       <c r="A107" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B107" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C107" t="s">
-        <v>190</v>
+        <v>13</v>
       </c>
       <c r="D107" t="s">
-        <v>325</v>
+        <v>50</v>
       </c>
       <c r="E107"/>
     </row>
     <row r="108" spans="1:15">
       <c r="A108" t="s">
         <v>326</v>
       </c>
       <c r="B108" t="s">
         <v>327</v>
       </c>
       <c r="C108" t="s">
-        <v>53</v>
+        <v>89</v>
       </c>
       <c r="D108" t="s">
         <v>328</v>
       </c>
       <c r="E108"/>
     </row>
     <row r="109" spans="1:15">
       <c r="A109" t="s">
         <v>329</v>
       </c>
       <c r="B109" t="s">
         <v>330</v>
       </c>
       <c r="C109" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="D109" t="s">
         <v>331</v>
       </c>
       <c r="E109"/>
     </row>
     <row r="110" spans="1:15">
       <c r="A110" t="s">
         <v>332</v>
       </c>
       <c r="B110" t="s">
         <v>333</v>
       </c>
       <c r="C110" t="s">
-        <v>49</v>
+        <v>132</v>
       </c>
       <c r="D110" t="s">
-        <v>325</v>
+        <v>334</v>
       </c>
       <c r="E110"/>
     </row>
     <row r="111" spans="1:15">
       <c r="A111" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B111" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C111" t="s">
-        <v>139</v>
+        <v>214</v>
       </c>
       <c r="D111" t="s">
-        <v>328</v>
+        <v>337</v>
       </c>
       <c r="E111"/>
     </row>
     <row r="112" spans="1:15">
       <c r="A112" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B112" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="C112" t="s">
-        <v>75</v>
+        <v>214</v>
       </c>
       <c r="D112" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="E112"/>
     </row>
     <row r="113" spans="1:15">
       <c r="A113" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B113" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C113" t="s">
-        <v>41</v>
+        <v>89</v>
       </c>
       <c r="D113" t="s">
-        <v>341</v>
+        <v>334</v>
       </c>
       <c r="E113"/>
     </row>
     <row r="114" spans="1:15">
       <c r="A114" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B114" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C114" t="s">
-        <v>75</v>
+        <v>125</v>
       </c>
       <c r="D114" t="s">
-        <v>344</v>
+        <v>337</v>
       </c>
       <c r="E114"/>
     </row>
     <row r="115" spans="1:15">
       <c r="A115" t="s">
         <v>345</v>
       </c>
       <c r="B115" t="s">
         <v>346</v>
       </c>
       <c r="C115" t="s">
-        <v>79</v>
+        <v>37</v>
       </c>
       <c r="D115" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="E115"/>
     </row>
     <row r="116" spans="1:15">
       <c r="A116" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B116" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C116" t="s">
-        <v>190</v>
+        <v>49</v>
       </c>
       <c r="D116" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="E116"/>
     </row>
     <row r="117" spans="1:15">
       <c r="A117" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B117" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C117" t="s">
-        <v>352</v>
+        <v>9</v>
       </c>
       <c r="D117" t="s">
         <v>353</v>
       </c>
       <c r="E117"/>
     </row>
     <row r="118" spans="1:15">
       <c r="A118" t="s">
         <v>354</v>
       </c>
       <c r="B118" t="s">
         <v>355</v>
       </c>
       <c r="C118" t="s">
-        <v>356</v>
+        <v>33</v>
       </c>
       <c r="D118" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="E118"/>
     </row>
     <row r="119" spans="1:15">
       <c r="A119" t="s">
+        <v>356</v>
+      </c>
+      <c r="B119" t="s">
+        <v>357</v>
+      </c>
+      <c r="C119" t="s">
+        <v>132</v>
+      </c>
+      <c r="D119" t="s">
         <v>358</v>
-      </c>
-[...7 lines deleted...]
-        <v>361</v>
       </c>
       <c r="E119"/>
     </row>
     <row r="120" spans="1:15">
       <c r="A120" t="s">
+        <v>359</v>
+      </c>
+      <c r="B120" t="s">
+        <v>360</v>
+      </c>
+      <c r="C120" t="s">
+        <v>361</v>
+      </c>
+      <c r="D120" t="s">
         <v>362</v>
-      </c>
-[...7 lines deleted...]
-        <v>361</v>
       </c>
       <c r="E120"/>
     </row>
     <row r="121" spans="1:15">
       <c r="A121" t="s">
+        <v>363</v>
+      </c>
+      <c r="B121" t="s">
         <v>364</v>
       </c>
-      <c r="B121" t="s">
+      <c r="C121" t="s">
         <v>365</v>
       </c>
-      <c r="C121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D121" t="s">
-        <v>367</v>
+        <v>347</v>
       </c>
       <c r="E121"/>
     </row>
     <row r="122" spans="1:15">
       <c r="A122" t="s">
+        <v>366</v>
+      </c>
+      <c r="B122" t="s">
+        <v>367</v>
+      </c>
+      <c r="C122" t="s">
         <v>368</v>
       </c>
-      <c r="B122" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D122" t="s">
-        <v>370</v>
+        <v>199</v>
       </c>
       <c r="E122"/>
     </row>
     <row r="123" spans="1:15">
       <c r="A123" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="B123" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="C123" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="D123" t="s">
-        <v>373</v>
+        <v>199</v>
       </c>
       <c r="E123"/>
     </row>
     <row r="124" spans="1:15">
       <c r="A124" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="B124" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="C124" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="D124" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="E124"/>
     </row>
     <row r="125" spans="1:15">
       <c r="A125" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="B125" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="C125" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="D125" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="E125"/>
     </row>
     <row r="126" spans="1:15">
       <c r="A126" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="B126" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="C126" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
       <c r="D126" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="E126"/>
     </row>
     <row r="127" spans="1:15">
       <c r="A127" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="B127" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="C127" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D127" t="s">
-        <v>112</v>
+        <v>353</v>
       </c>
       <c r="E127"/>
     </row>
     <row r="128" spans="1:15">
       <c r="A128" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="B128" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="C128" t="s">
-        <v>84</v>
+        <v>232</v>
       </c>
       <c r="D128" t="s">
-        <v>115</v>
+        <v>34</v>
       </c>
       <c r="E128"/>
     </row>
     <row r="129" spans="1:15">
       <c r="A129" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="B129" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="C129" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="D129" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="E129"/>
     </row>
     <row r="130" spans="1:15">
       <c r="A130" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="B130" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="C130" t="s">
-        <v>45</v>
+        <v>214</v>
       </c>
       <c r="D130" t="s">
-        <v>392</v>
+        <v>110</v>
       </c>
       <c r="E130"/>
     </row>
     <row r="131" spans="1:15">
       <c r="A131" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="B131" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="C131" t="s">
-        <v>45</v>
+        <v>391</v>
       </c>
       <c r="D131" t="s">
-        <v>395</v>
+        <v>113</v>
       </c>
       <c r="E131"/>
     </row>
     <row r="132" spans="1:15">
       <c r="A132" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="B132" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="C132" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="D132" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="E132"/>
     </row>
     <row r="133" spans="1:15">
       <c r="A133" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="B133" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="C133" t="s">
-        <v>243</v>
+        <v>17</v>
       </c>
       <c r="D133" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="E133"/>
     </row>
     <row r="134" spans="1:15">
       <c r="A134" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="B134" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="C134" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="D134" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E134"/>
     </row>
     <row r="135" spans="1:15">
       <c r="A135" t="s">
+        <v>401</v>
+      </c>
+      <c r="B135" t="s">
+        <v>402</v>
+      </c>
+      <c r="C135" t="s">
+        <v>9</v>
+      </c>
+      <c r="D135" t="s">
         <v>403</v>
-      </c>
-[...7 lines deleted...]
-        <v>395</v>
       </c>
       <c r="E135"/>
     </row>
     <row r="136" spans="1:15">
       <c r="A136" t="s">
+        <v>404</v>
+      </c>
+      <c r="B136" t="s">
         <v>405</v>
       </c>
-      <c r="B136" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C136" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D136" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="E136"/>
     </row>
     <row r="137" spans="1:15">
       <c r="A137" t="s">
+        <v>406</v>
+      </c>
+      <c r="B137" t="s">
         <v>407</v>
       </c>
-      <c r="B137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C137" t="s">
-        <v>409</v>
+        <v>9</v>
       </c>
       <c r="D137" t="s">
-        <v>410</v>
+        <v>403</v>
       </c>
       <c r="E137"/>
     </row>
     <row r="138" spans="1:15">
       <c r="A138" t="s">
+        <v>408</v>
+      </c>
+      <c r="B138" t="s">
+        <v>409</v>
+      </c>
+      <c r="C138" t="s">
+        <v>410</v>
+      </c>
+      <c r="D138" t="s">
         <v>411</v>
-      </c>
-[...7 lines deleted...]
-        <v>413</v>
       </c>
       <c r="E138"/>
     </row>
     <row r="139" spans="1:15">
       <c r="A139" t="s">
+        <v>412</v>
+      </c>
+      <c r="B139" t="s">
+        <v>413</v>
+      </c>
+      <c r="C139" t="s">
+        <v>57</v>
+      </c>
+      <c r="D139" t="s">
         <v>414</v>
-      </c>
-[...7 lines deleted...]
-        <v>410</v>
       </c>
       <c r="E139"/>
     </row>
     <row r="140" spans="1:15">
       <c r="A140" t="s">
+        <v>415</v>
+      </c>
+      <c r="B140" t="s">
         <v>416</v>
       </c>
-      <c r="B140" t="s">
+      <c r="C140" t="s">
         <v>417</v>
       </c>
-      <c r="C140" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D140" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="E140"/>
     </row>
     <row r="141" spans="1:15">
       <c r="A141" t="s">
         <v>418</v>
       </c>
       <c r="B141" t="s">
         <v>419</v>
       </c>
       <c r="C141" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="D141" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="E141"/>
     </row>
     <row r="142" spans="1:15">
       <c r="A142" t="s">
+        <v>420</v>
+      </c>
+      <c r="B142" t="s">
         <v>421</v>
       </c>
-      <c r="B142" t="s">
+      <c r="C142" t="s">
+        <v>37</v>
+      </c>
+      <c r="D142" t="s">
         <v>422</v>
-      </c>
-[...4 lines deleted...]
-        <v>423</v>
       </c>
       <c r="E142"/>
     </row>
     <row r="143" spans="1:15">
       <c r="A143" t="s">
+        <v>423</v>
+      </c>
+      <c r="B143" t="s">
         <v>424</v>
       </c>
-      <c r="B143" t="s">
+      <c r="C143" t="s">
+        <v>49</v>
+      </c>
+      <c r="D143" t="s">
         <v>425</v>
-      </c>
-[...4 lines deleted...]
-        <v>426</v>
       </c>
       <c r="E143"/>
     </row>
     <row r="144" spans="1:15">
       <c r="A144" t="s">
+        <v>426</v>
+      </c>
+      <c r="B144" t="s">
         <v>427</v>
       </c>
-      <c r="B144" t="s">
+      <c r="C144" t="s">
+        <v>29</v>
+      </c>
+      <c r="D144" t="s">
         <v>428</v>
-      </c>
-[...4 lines deleted...]
-        <v>429</v>
       </c>
       <c r="E144"/>
     </row>
     <row r="145" spans="1:15">
       <c r="A145" t="s">
+        <v>429</v>
+      </c>
+      <c r="B145" t="s">
         <v>430</v>
       </c>
-      <c r="B145" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C145" t="s">
-        <v>432</v>
+        <v>125</v>
       </c>
       <c r="D145" t="s">
-        <v>433</v>
+        <v>386</v>
       </c>
       <c r="E145"/>
     </row>
     <row r="146" spans="1:15">
       <c r="A146" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="B146" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="C146" t="s">
-        <v>139</v>
+        <v>17</v>
       </c>
       <c r="D146" t="s">
-        <v>382</v>
+        <v>433</v>
       </c>
       <c r="E146"/>
     </row>
     <row r="147" spans="1:15">
       <c r="A147" t="s">
+        <v>434</v>
+      </c>
+      <c r="B147" t="s">
+        <v>435</v>
+      </c>
+      <c r="C147" t="s">
+        <v>125</v>
+      </c>
+      <c r="D147" t="s">
         <v>436</v>
-      </c>
-[...7 lines deleted...]
-        <v>438</v>
       </c>
       <c r="E147"/>
     </row>
     <row r="148" spans="1:15">
       <c r="A148" t="s">
+        <v>437</v>
+      </c>
+      <c r="B148" t="s">
+        <v>438</v>
+      </c>
+      <c r="C148" t="s">
+        <v>41</v>
+      </c>
+      <c r="D148" t="s">
         <v>439</v>
-      </c>
-[...7 lines deleted...]
-        <v>441</v>
       </c>
       <c r="E148"/>
     </row>
     <row r="149" spans="1:15">
       <c r="A149" t="s">
+        <v>440</v>
+      </c>
+      <c r="B149" t="s">
+        <v>441</v>
+      </c>
+      <c r="C149" t="s">
+        <v>29</v>
+      </c>
+      <c r="D149" t="s">
         <v>442</v>
-      </c>
-[...7 lines deleted...]
-        <v>444</v>
       </c>
       <c r="E149"/>
     </row>
     <row r="150" spans="1:15">
       <c r="A150" t="s">
+        <v>443</v>
+      </c>
+      <c r="B150" t="s">
+        <v>444</v>
+      </c>
+      <c r="C150" t="s">
+        <v>41</v>
+      </c>
+      <c r="D150" t="s">
         <v>445</v>
-      </c>
-[...7 lines deleted...]
-        <v>447</v>
       </c>
       <c r="E150"/>
     </row>
     <row r="151" spans="1:15">
       <c r="A151" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="B151" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="C151" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D151" t="s">
-        <v>450</v>
+        <v>42</v>
       </c>
       <c r="E151"/>
     </row>
     <row r="152" spans="1:15">
       <c r="A152" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="B152" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="C152" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="D152" t="s">
-        <v>130</v>
+        <v>46</v>
       </c>
       <c r="E152"/>
     </row>
     <row r="153" spans="1:15">
       <c r="A153" t="s">
+        <v>450</v>
+      </c>
+      <c r="B153" t="s">
+        <v>451</v>
+      </c>
+      <c r="C153" t="s">
+        <v>452</v>
+      </c>
+      <c r="D153" t="s">
         <v>453</v>
-      </c>
-[...7 lines deleted...]
-        <v>455</v>
       </c>
       <c r="E153"/>
     </row>
     <row r="154" spans="1:15">
       <c r="A154" t="s">
+        <v>454</v>
+      </c>
+      <c r="B154" t="s">
+        <v>455</v>
+      </c>
+      <c r="C154" t="s">
+        <v>89</v>
+      </c>
+      <c r="D154" t="s">
         <v>456</v>
-      </c>
-[...7 lines deleted...]
-        <v>34</v>
       </c>
       <c r="E154"/>
     </row>
     <row r="155" spans="1:15">
       <c r="A155" t="s">
+        <v>457</v>
+      </c>
+      <c r="B155" t="s">
         <v>458</v>
       </c>
-      <c r="B155" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C155" t="s">
-        <v>139</v>
+        <v>41</v>
       </c>
       <c r="D155" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="E155"/>
     </row>
     <row r="156" spans="1:15">
       <c r="A156" t="s">
+        <v>459</v>
+      </c>
+      <c r="B156" t="s">
         <v>460</v>
       </c>
-      <c r="B156" t="s">
+      <c r="C156" t="s">
+        <v>57</v>
+      </c>
+      <c r="D156" t="s">
         <v>461</v>
-      </c>
-[...4 lines deleted...]
-        <v>462</v>
       </c>
       <c r="E156"/>
     </row>
     <row r="157" spans="1:15">
       <c r="A157" t="s">
+        <v>462</v>
+      </c>
+      <c r="B157" t="s">
         <v>463</v>
       </c>
-      <c r="B157" t="s">
+      <c r="C157" t="s">
+        <v>391</v>
+      </c>
+      <c r="D157" t="s">
         <v>464</v>
-      </c>
-[...4 lines deleted...]
-        <v>465</v>
       </c>
       <c r="E157"/>
     </row>
     <row r="158" spans="1:15">
       <c r="A158" t="s">
+        <v>465</v>
+      </c>
+      <c r="B158" t="s">
         <v>466</v>
       </c>
-      <c r="B158" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C158" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D158" t="s">
-        <v>50</v>
+        <v>461</v>
       </c>
       <c r="E158"/>
     </row>
     <row r="159" spans="1:15">
       <c r="A159" t="s">
+        <v>467</v>
+      </c>
+      <c r="B159" t="s">
         <v>468</v>
       </c>
-      <c r="B159" t="s">
+      <c r="C159" t="s">
         <v>469</v>
       </c>
-      <c r="C159" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D159" t="s">
-        <v>177</v>
+        <v>464</v>
       </c>
       <c r="E159"/>
     </row>
     <row r="160" spans="1:15">
       <c r="A160" t="s">
         <v>470</v>
       </c>
       <c r="B160" t="s">
         <v>471</v>
       </c>
       <c r="C160" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="D160" t="s">
-        <v>206</v>
+        <v>461</v>
       </c>
       <c r="E160"/>
     </row>
     <row r="161" spans="1:15">
       <c r="A161" t="s">
         <v>472</v>
       </c>
       <c r="B161" t="s">
         <v>473</v>
       </c>
       <c r="C161" t="s">
-        <v>57</v>
+        <v>474</v>
       </c>
       <c r="D161" t="s">
-        <v>177</v>
+        <v>464</v>
       </c>
       <c r="E161"/>
     </row>
     <row r="162" spans="1:15">
       <c r="A162" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B162" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C162" t="s">
-        <v>476</v>
+        <v>25</v>
       </c>
       <c r="D162" t="s">
-        <v>206</v>
+        <v>461</v>
       </c>
       <c r="E162"/>
     </row>
     <row r="163" spans="1:15">
       <c r="A163" t="s">
         <v>477</v>
       </c>
       <c r="B163" t="s">
         <v>478</v>
       </c>
       <c r="C163" t="s">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="D163" t="s">
-        <v>177</v>
+        <v>464</v>
       </c>
       <c r="E163"/>
     </row>
     <row r="164" spans="1:15">
       <c r="A164" t="s">
         <v>479</v>
       </c>
       <c r="B164" t="s">
         <v>480</v>
       </c>
       <c r="C164" t="s">
-        <v>481</v>
+        <v>125</v>
       </c>
       <c r="D164" t="s">
-        <v>206</v>
+        <v>461</v>
       </c>
       <c r="E164"/>
     </row>
     <row r="165" spans="1:15">
       <c r="A165" t="s">
+        <v>481</v>
+      </c>
+      <c r="B165" t="s">
         <v>482</v>
       </c>
-      <c r="B165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165" t="s">
-        <v>243</v>
+        <v>37</v>
       </c>
       <c r="D165" t="s">
-        <v>177</v>
+        <v>464</v>
       </c>
       <c r="E165"/>
     </row>
     <row r="166" spans="1:15">
       <c r="A166" t="s">
+        <v>483</v>
+      </c>
+      <c r="B166" t="s">
         <v>484</v>
       </c>
-      <c r="B166" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C166" t="s">
-        <v>57</v>
+        <v>37</v>
       </c>
       <c r="D166" t="s">
-        <v>206</v>
+        <v>461</v>
       </c>
       <c r="E166"/>
     </row>
     <row r="167" spans="1:15">
       <c r="A167" t="s">
+        <v>485</v>
+      </c>
+      <c r="B167" t="s">
         <v>486</v>
       </c>
-      <c r="B167" t="s">
+      <c r="C167" t="s">
         <v>487</v>
       </c>
-      <c r="C167" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D167" t="s">
-        <v>177</v>
+        <v>464</v>
       </c>
       <c r="E167"/>
     </row>
     <row r="168" spans="1:15">
       <c r="A168" t="s">
         <v>488</v>
       </c>
       <c r="B168" t="s">
         <v>489</v>
       </c>
       <c r="C168" t="s">
-        <v>75</v>
+        <v>189</v>
       </c>
       <c r="D168" t="s">
-        <v>206</v>
+        <v>461</v>
       </c>
       <c r="E168"/>
     </row>
     <row r="169" spans="1:15">
       <c r="A169" t="s">
         <v>490</v>
       </c>
       <c r="B169" t="s">
         <v>491</v>
       </c>
       <c r="C169" t="s">
-        <v>57</v>
+        <v>129</v>
       </c>
       <c r="D169" t="s">
-        <v>177</v>
+        <v>464</v>
       </c>
       <c r="E169"/>
     </row>
     <row r="170" spans="1:15">
       <c r="A170" t="s">
         <v>492</v>
       </c>
       <c r="B170" t="s">
         <v>493</v>
       </c>
       <c r="C170" t="s">
-        <v>133</v>
+        <v>9</v>
       </c>
       <c r="D170" t="s">
-        <v>206</v>
+        <v>461</v>
       </c>
       <c r="E170"/>
     </row>
     <row r="171" spans="1:15">
       <c r="A171" t="s">
         <v>494</v>
       </c>
       <c r="B171" t="s">
         <v>495</v>
       </c>
       <c r="C171" t="s">
-        <v>17</v>
+        <v>496</v>
       </c>
       <c r="D171" t="s">
-        <v>177</v>
+        <v>464</v>
       </c>
       <c r="E171"/>
     </row>
     <row r="172" spans="1:15">
       <c r="A172" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B172" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C172" t="s">
-        <v>498</v>
+        <v>129</v>
       </c>
       <c r="D172" t="s">
-        <v>206</v>
+        <v>464</v>
       </c>
       <c r="E172"/>
     </row>
     <row r="173" spans="1:15">
       <c r="A173" t="s">
         <v>499</v>
       </c>
       <c r="B173" t="s">
         <v>500</v>
       </c>
       <c r="C173" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D173" t="s">
-        <v>177</v>
+        <v>461</v>
       </c>
       <c r="E173"/>
     </row>
     <row r="174" spans="1:15">
       <c r="A174" t="s">
         <v>501</v>
       </c>
       <c r="B174" t="s">
         <v>502</v>
       </c>
       <c r="C174" t="s">
-        <v>503</v>
+        <v>361</v>
       </c>
       <c r="D174" t="s">
-        <v>206</v>
+        <v>464</v>
       </c>
       <c r="E174"/>
     </row>
     <row r="175" spans="1:15">
       <c r="A175" t="s">
+        <v>503</v>
+      </c>
+      <c r="B175" t="s">
         <v>504</v>
       </c>
-      <c r="B175" t="s">
+      <c r="C175" t="s">
+        <v>214</v>
+      </c>
+      <c r="D175" t="s">
         <v>505</v>
-      </c>
-[...4 lines deleted...]
-        <v>206</v>
       </c>
       <c r="E175"/>
     </row>
     <row r="176" spans="1:15">
       <c r="A176" t="s">
         <v>506</v>
       </c>
       <c r="B176" t="s">
         <v>507</v>
       </c>
       <c r="C176" t="s">
-        <v>67</v>
+        <v>508</v>
       </c>
       <c r="D176" t="s">
-        <v>177</v>
+        <v>433</v>
       </c>
       <c r="E176"/>
     </row>
     <row r="177" spans="1:15">
       <c r="A177" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B177" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C177" t="s">
-        <v>481</v>
+        <v>511</v>
       </c>
       <c r="D177" t="s">
-        <v>206</v>
+        <v>433</v>
       </c>
       <c r="E177"/>
     </row>
     <row r="178" spans="1:15">
       <c r="A178" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B178" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C178" t="s">
-        <v>45</v>
+        <v>508</v>
       </c>
       <c r="D178" t="s">
-        <v>512</v>
+        <v>433</v>
       </c>
       <c r="E178"/>
     </row>
     <row r="179" spans="1:15">
       <c r="A179" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B179" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C179" t="s">
-        <v>67</v>
+        <v>232</v>
       </c>
       <c r="D179" t="s">
-        <v>438</v>
+        <v>516</v>
       </c>
       <c r="E179"/>
     </row>
     <row r="180" spans="1:15">
       <c r="A180" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B180" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="C180" t="s">
-        <v>9</v>
+        <v>487</v>
       </c>
       <c r="D180" t="s">
-        <v>438</v>
+        <v>422</v>
       </c>
       <c r="E180"/>
     </row>
     <row r="181" spans="1:15">
       <c r="A181" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B181" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="C181" t="s">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="D181" t="s">
-        <v>438</v>
+        <v>347</v>
       </c>
       <c r="E181"/>
     </row>
     <row r="182" spans="1:15">
       <c r="A182" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B182" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C182" t="s">
-        <v>521</v>
+        <v>41</v>
       </c>
       <c r="D182" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="E182"/>
     </row>
     <row r="183" spans="1:15">
       <c r="A183" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B183" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C183" t="s">
-        <v>521</v>
+        <v>132</v>
       </c>
       <c r="D183" t="s">
-        <v>420</v>
+        <v>526</v>
       </c>
       <c r="E183"/>
     </row>
     <row r="184" spans="1:15">
       <c r="A184" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B184" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C184" t="s">
-        <v>41</v>
+        <v>89</v>
       </c>
       <c r="D184" t="s">
-        <v>357</v>
+        <v>529</v>
       </c>
       <c r="E184"/>
     </row>
     <row r="185" spans="1:15">
       <c r="A185" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="B185" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="C185" t="s">
-        <v>17</v>
+        <v>132</v>
       </c>
       <c r="D185" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="E185"/>
     </row>
     <row r="186" spans="1:15">
       <c r="A186" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="B186" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="C186" t="s">
-        <v>67</v>
+        <v>214</v>
       </c>
       <c r="D186" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="E186"/>
     </row>
     <row r="187" spans="1:15">
       <c r="A187" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="B187" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="C187" t="s">
-        <v>49</v>
+        <v>125</v>
       </c>
       <c r="D187" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="E187"/>
     </row>
     <row r="188" spans="1:15">
       <c r="A188" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="B188" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C188" t="s">
-        <v>190</v>
+        <v>37</v>
       </c>
       <c r="D188" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="E188"/>
     </row>
     <row r="189" spans="1:15">
       <c r="A189" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B189" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C189" t="s">
-        <v>53</v>
+        <v>214</v>
       </c>
       <c r="D189" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="E189"/>
     </row>
     <row r="190" spans="1:15">
       <c r="A190" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B190" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C190" t="s">
-        <v>79</v>
+        <v>17</v>
       </c>
       <c r="D190" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="E190"/>
     </row>
     <row r="191" spans="1:15">
       <c r="A191" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="B191" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="C191" t="s">
-        <v>53</v>
+        <v>37</v>
       </c>
       <c r="D191" t="s">
-        <v>109</v>
+        <v>548</v>
       </c>
       <c r="E191"/>
     </row>
     <row r="192" spans="1:15">
       <c r="A192" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="B192" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="C192" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="D192" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="E192"/>
     </row>
     <row r="193" spans="1:15">
       <c r="A193" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="B193" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="C193" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="D193" t="s">
-        <v>551</v>
+        <v>548</v>
       </c>
       <c r="E193"/>
     </row>
     <row r="194" spans="1:15">
       <c r="A194" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="B194" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C194" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D194" t="s">
-        <v>554</v>
+        <v>532</v>
       </c>
       <c r="E194"/>
     </row>
     <row r="195" spans="1:15">
       <c r="A195" t="s">
         <v>555</v>
       </c>
       <c r="B195" t="s">
         <v>556</v>
       </c>
       <c r="C195" t="s">
-        <v>190</v>
+        <v>57</v>
       </c>
       <c r="D195" t="s">
-        <v>551</v>
+        <v>535</v>
       </c>
       <c r="E195"/>
     </row>
     <row r="196" spans="1:15">
       <c r="A196" t="s">
         <v>557</v>
       </c>
       <c r="B196" t="s">
         <v>558</v>
       </c>
       <c r="C196" t="s">
-        <v>67</v>
+        <v>132</v>
       </c>
       <c r="D196" t="s">
-        <v>554</v>
+        <v>532</v>
       </c>
       <c r="E196"/>
     </row>
     <row r="197" spans="1:15">
       <c r="A197" t="s">
         <v>559</v>
       </c>
       <c r="B197" t="s">
         <v>560</v>
       </c>
       <c r="C197" t="s">
-        <v>45</v>
+        <v>89</v>
       </c>
       <c r="D197" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="E197"/>
     </row>
     <row r="198" spans="1:15">
       <c r="A198" t="s">
         <v>561</v>
       </c>
       <c r="B198" t="s">
         <v>562</v>
       </c>
       <c r="C198" t="s">
-        <v>139</v>
+        <v>41</v>
       </c>
       <c r="D198" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="E198"/>
     </row>
     <row r="199" spans="1:15">
       <c r="A199" t="s">
         <v>563</v>
       </c>
       <c r="B199" t="s">
         <v>564</v>
       </c>
       <c r="C199" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="D199" t="s">
-        <v>541</v>
+        <v>535</v>
       </c>
       <c r="E199"/>
     </row>
     <row r="200" spans="1:15">
       <c r="A200" t="s">
         <v>565</v>
       </c>
       <c r="B200" t="s">
         <v>566</v>
       </c>
       <c r="C200" t="s">
-        <v>17</v>
+        <v>452</v>
       </c>
       <c r="D200" t="s">
-        <v>538</v>
+        <v>176</v>
       </c>
       <c r="E200"/>
     </row>
     <row r="201" spans="1:15">
       <c r="A201" t="s">
         <v>567</v>
       </c>
       <c r="B201" t="s">
         <v>568</v>
       </c>
       <c r="C201" t="s">
-        <v>17</v>
+        <v>214</v>
       </c>
       <c r="D201" t="s">
-        <v>538</v>
+        <v>569</v>
       </c>
       <c r="E201"/>
     </row>
     <row r="202" spans="1:15">
       <c r="A202" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B202" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C202" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="D202" t="s">
-        <v>541</v>
+        <v>572</v>
       </c>
       <c r="E202"/>
     </row>
     <row r="203" spans="1:15">
       <c r="A203" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B203" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="C203" t="s">
-        <v>79</v>
+        <v>575</v>
       </c>
       <c r="D203" t="s">
-        <v>159</v>
+        <v>576</v>
       </c>
       <c r="E203"/>
     </row>
     <row r="204" spans="1:15">
       <c r="A204" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="B204" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="C204" t="s">
-        <v>53</v>
+        <v>37</v>
       </c>
       <c r="D204" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="E204"/>
     </row>
     <row r="205" spans="1:15">
       <c r="A205" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="B205" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="C205" t="s">
-        <v>243</v>
+        <v>21</v>
       </c>
       <c r="D205" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="E205"/>
     </row>
     <row r="206" spans="1:15">
       <c r="A206" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="B206" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="C206" t="s">
-        <v>581</v>
+        <v>53</v>
       </c>
       <c r="D206" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="E206"/>
     </row>
     <row r="207" spans="1:15">
       <c r="A207" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="B207" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="C207" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D207" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="E207"/>
     </row>
     <row r="208" spans="1:15">
       <c r="A208" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="B208" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="C208" t="s">
-        <v>588</v>
+        <v>49</v>
       </c>
       <c r="D208" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E208"/>
     </row>
     <row r="209" spans="1:15">
       <c r="A209" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="B209" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="C209" t="s">
-        <v>67</v>
+        <v>125</v>
       </c>
       <c r="D209" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="E209"/>
     </row>
     <row r="210" spans="1:15">
       <c r="A210" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="B210" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="C210" t="s">
-        <v>57</v>
+        <v>132</v>
       </c>
       <c r="D210" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="E210"/>
     </row>
     <row r="211" spans="1:15">
       <c r="A211" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="B211" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="C211" t="s">
-        <v>139</v>
+        <v>600</v>
       </c>
       <c r="D211" t="s">
-        <v>598</v>
+        <v>422</v>
       </c>
       <c r="E211"/>
     </row>
     <row r="212" spans="1:15">
       <c r="A212" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="B212" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C212" t="s">
-        <v>190</v>
+        <v>92</v>
       </c>
       <c r="D212" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="E212"/>
     </row>
     <row r="213" spans="1:15">
       <c r="A213" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="B213" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="C213" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="D213" t="s">
-        <v>420</v>
+        <v>607</v>
       </c>
       <c r="E213"/>
     </row>
     <row r="214" spans="1:15">
       <c r="A214" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="B214" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="C214" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="D214" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="E214"/>
     </row>
     <row r="215" spans="1:15">
       <c r="A215" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="B215" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="C215" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="D215" t="s">
-        <v>271</v>
+        <v>613</v>
       </c>
       <c r="E215"/>
     </row>
     <row r="216" spans="1:15">
       <c r="A216" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="B216" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="C216" t="s">
-        <v>84</v>
+        <v>368</v>
       </c>
       <c r="D216" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="E216"/>
     </row>
     <row r="217" spans="1:15">
       <c r="A217" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="B217" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="C217" t="s">
-        <v>75</v>
+        <v>368</v>
       </c>
       <c r="D217" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="E217"/>
     </row>
     <row r="218" spans="1:15">
       <c r="A218" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B218" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C218" t="s">
-        <v>618</v>
+        <v>53</v>
       </c>
       <c r="D218" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="E218"/>
     </row>
     <row r="219" spans="1:15">
       <c r="A219" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="B219" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="C219" t="s">
-        <v>84</v>
+        <v>625</v>
       </c>
       <c r="D219" t="s">
-        <v>177</v>
+        <v>224</v>
       </c>
       <c r="E219"/>
     </row>
     <row r="220" spans="1:15">
       <c r="A220" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="B220" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="C220" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="D220" t="s">
-        <v>206</v>
+        <v>629</v>
       </c>
       <c r="E220"/>
     </row>
     <row r="221" spans="1:15">
       <c r="A221" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="B221" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="C221" t="s">
-        <v>627</v>
+        <v>323</v>
       </c>
       <c r="D221" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="E221"/>
     </row>
     <row r="222" spans="1:15">
       <c r="A222" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="B222" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="C222" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="D222" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E222"/>
     </row>
     <row r="223" spans="1:15">
       <c r="A223" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="B223" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="C223" t="s">
-        <v>635</v>
+        <v>29</v>
       </c>
       <c r="D223" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="E223"/>
     </row>
     <row r="224" spans="1:15">
       <c r="A224" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="B224" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="C224" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D224" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="E224"/>
     </row>
     <row r="225" spans="1:15">
       <c r="A225" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="B225" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="C225" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="D225" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="E225"/>
     </row>
     <row r="226" spans="1:15">
       <c r="A226" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="B226" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="C226" t="s">
-        <v>25</v>
+        <v>125</v>
       </c>
       <c r="D226" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="E226"/>
     </row>
     <row r="227" spans="1:15">
       <c r="A227" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="B227" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="C227" t="s">
-        <v>79</v>
+        <v>361</v>
       </c>
       <c r="D227" t="s">
-        <v>648</v>
+        <v>70</v>
       </c>
       <c r="E227"/>
     </row>
     <row r="228" spans="1:15">
       <c r="A228" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="B228" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="C228" t="s">
-        <v>651</v>
+        <v>129</v>
       </c>
       <c r="D228" t="s">
-        <v>64</v>
+        <v>140</v>
       </c>
       <c r="E228"/>
     </row>
     <row r="229" spans="1:15">
       <c r="A229" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B229" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C229" t="s">
-        <v>13</v>
+        <v>89</v>
       </c>
       <c r="D229" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="E229"/>
     </row>
     <row r="230" spans="1:15">
       <c r="A230" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B230" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C230" t="s">
-        <v>49</v>
+        <v>125</v>
       </c>
       <c r="D230" t="s">
-        <v>130</v>
+        <v>657</v>
       </c>
       <c r="E230"/>
     </row>
     <row r="231" spans="1:15">
       <c r="A231" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="B231" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="C231" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D231" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="E231"/>
     </row>
     <row r="232" spans="1:15">
       <c r="A232" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="B232" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="C232" t="s">
-        <v>25</v>
+        <v>125</v>
       </c>
       <c r="D232" t="s">
-        <v>661</v>
+        <v>160</v>
       </c>
       <c r="E232"/>
     </row>
     <row r="233" spans="1:15">
       <c r="A233" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B233" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C233" t="s">
-        <v>45</v>
+        <v>132</v>
       </c>
       <c r="D233" t="s">
-        <v>146</v>
+        <v>665</v>
       </c>
       <c r="E233"/>
     </row>
     <row r="234" spans="1:15">
       <c r="A234" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="B234" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="C234" t="s">
-        <v>49</v>
+        <v>214</v>
       </c>
       <c r="D234" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="E234"/>
     </row>
     <row r="235" spans="1:15">
       <c r="A235" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="B235" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="C235" t="s">
-        <v>190</v>
+        <v>132</v>
       </c>
       <c r="D235" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="E235"/>
     </row>
     <row r="236" spans="1:15">
       <c r="A236" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="B236" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="C236" t="s">
-        <v>67</v>
+        <v>57</v>
       </c>
       <c r="D236" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="E236"/>
     </row>
     <row r="237" spans="1:15">
       <c r="A237" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="B237" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="C237" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="D237" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="E237"/>
     </row>
     <row r="238" spans="1:15">
       <c r="A238" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="B238" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="C238" t="s">
-        <v>79</v>
+        <v>41</v>
       </c>
       <c r="D238" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="E238"/>
     </row>
     <row r="239" spans="1:15">
       <c r="A239" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="B239" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="C239" t="s">
-        <v>190</v>
+        <v>125</v>
       </c>
       <c r="D239" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="E239"/>
     </row>
     <row r="240" spans="1:15">
       <c r="A240" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="B240" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="C240" t="s">
-        <v>79</v>
+        <v>125</v>
       </c>
       <c r="D240" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="E240"/>
     </row>
     <row r="241" spans="1:15">
       <c r="A241" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="B241" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="C241" t="s">
-        <v>190</v>
+        <v>33</v>
       </c>
       <c r="D241" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="E241"/>
     </row>
     <row r="242" spans="1:15">
       <c r="A242" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="B242" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="C242" t="s">
-        <v>190</v>
+        <v>29</v>
       </c>
       <c r="D242" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="E242"/>
     </row>
     <row r="243" spans="1:15">
       <c r="A243" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="B243" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="C243" t="s">
-        <v>190</v>
+        <v>125</v>
       </c>
       <c r="D243" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="E243"/>
     </row>
     <row r="244" spans="1:15">
       <c r="A244" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="B244" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="C244" t="s">
-        <v>79</v>
+        <v>132</v>
       </c>
       <c r="D244" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="E244"/>
     </row>
     <row r="245" spans="1:15">
       <c r="A245" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="B245" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="C245" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="D245" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="E245"/>
     </row>
     <row r="246" spans="1:15">
       <c r="A246" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="B246" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="C246" t="s">
-        <v>701</v>
+        <v>92</v>
       </c>
       <c r="D246" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="E246"/>
     </row>
     <row r="247" spans="1:15">
       <c r="A247" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="B247" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C247" t="s">
-        <v>49</v>
+        <v>706</v>
       </c>
       <c r="D247" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="E247"/>
     </row>
     <row r="248" spans="1:15">
       <c r="A248" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="B248" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="C248" t="s">
-        <v>29</v>
+        <v>214</v>
       </c>
       <c r="D248" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="E248"/>
     </row>
     <row r="249" spans="1:15">
       <c r="A249" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="B249" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="C249" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="D249" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="E249"/>
     </row>
     <row r="250" spans="1:15">
       <c r="A250" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="B250" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="C250" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="D250" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="E250"/>
     </row>
     <row r="251" spans="1:15">
       <c r="A251" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="B251" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="C251" t="s">
-        <v>139</v>
+        <v>17</v>
       </c>
       <c r="D251" t="s">
-        <v>705</v>
+        <v>720</v>
       </c>
       <c r="E251"/>
     </row>
     <row r="252" spans="1:15">
       <c r="A252" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="B252" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="C252" t="s">
-        <v>190</v>
+        <v>53</v>
       </c>
       <c r="D252" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="E252"/>
     </row>
     <row r="253" spans="1:15">
       <c r="A253" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="B253" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="C253" t="s">
-        <v>180</v>
+        <v>725</v>
       </c>
       <c r="D253" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="E253"/>
     </row>
     <row r="254" spans="1:15">
       <c r="A254" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="B254" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="C254" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="D254" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="E254"/>
     </row>
     <row r="255" spans="1:15">
       <c r="A255" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="B255" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="C255" t="s">
-        <v>79</v>
+        <v>33</v>
       </c>
       <c r="D255" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="E255"/>
     </row>
     <row r="256" spans="1:15">
       <c r="A256" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="B256" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="C256" t="s">
-        <v>25</v>
+        <v>189</v>
       </c>
       <c r="D256" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="E256"/>
     </row>
     <row r="257" spans="1:15">
       <c r="A257" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="B257" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="C257" t="s">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="D257" t="s">
-        <v>120</v>
+        <v>133</v>
       </c>
       <c r="E257"/>
     </row>
     <row r="258" spans="1:15">
       <c r="A258" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="B258" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="C258" t="s">
-        <v>25</v>
+        <v>132</v>
       </c>
       <c r="D258" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="E258"/>
     </row>
     <row r="259" spans="1:15">
       <c r="A259" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="B259" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="C259" t="s">
-        <v>190</v>
+        <v>33</v>
       </c>
       <c r="D259" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="E259"/>
     </row>
     <row r="260" spans="1:15">
       <c r="A260" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="B260" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="C260" t="s">
-        <v>190</v>
+        <v>29</v>
       </c>
       <c r="D260" t="s">
-        <v>735</v>
+        <v>742</v>
       </c>
       <c r="E260"/>
     </row>
     <row r="261" spans="1:15">
       <c r="A261" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="B261" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="C261" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="D261" t="s">
-        <v>738</v>
+        <v>747</v>
       </c>
       <c r="E261"/>
     </row>
     <row r="262" spans="1:15">
       <c r="A262" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="B262" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="C262" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="D262" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="E262"/>
     </row>
     <row r="263" spans="1:15">
       <c r="A263" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
       <c r="B263" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="C263" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="D263" t="s">
-        <v>748</v>
+        <v>337</v>
       </c>
       <c r="E263"/>
     </row>
     <row r="264" spans="1:15">
       <c r="A264" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="B264" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="C264" t="s">
-        <v>41</v>
+        <v>89</v>
       </c>
       <c r="D264" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="E264"/>
     </row>
     <row r="265" spans="1:15">
       <c r="A265" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="B265" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="C265" t="s">
-        <v>9</v>
+        <v>323</v>
       </c>
       <c r="D265" t="s">
-        <v>754</v>
+        <v>304</v>
       </c>
       <c r="E265"/>
     </row>
     <row r="266" spans="1:15">
       <c r="A266" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="B266" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="C266" t="s">
-        <v>84</v>
+        <v>214</v>
       </c>
       <c r="D266" t="s">
-        <v>181</v>
+        <v>760</v>
       </c>
       <c r="E266"/>
     </row>
     <row r="267" spans="1:15">
       <c r="A267" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="B267" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="C267" t="s">
-        <v>84</v>
+        <v>132</v>
       </c>
       <c r="D267" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="E267"/>
     </row>
     <row r="268" spans="1:15">
       <c r="A268" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="B268" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="C268" t="s">
-        <v>57</v>
+        <v>452</v>
       </c>
       <c r="D268" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="E268"/>
     </row>
     <row r="269" spans="1:15">
       <c r="A269" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="B269" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="C269" t="s">
-        <v>79</v>
+        <v>125</v>
       </c>
       <c r="D269" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="E269"/>
     </row>
     <row r="270" spans="1:15">
       <c r="A270" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="B270" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="C270" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D270" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="E270"/>
     </row>
     <row r="271" spans="1:15">
       <c r="A271" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="B271" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="C271" t="s">
         <v>33</v>
       </c>
       <c r="D271" t="s">
-        <v>771</v>
+        <v>720</v>
       </c>
       <c r="E271"/>
     </row>
     <row r="272" spans="1:15">
       <c r="A272" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="B272" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="C272" t="s">
-        <v>79</v>
+        <v>368</v>
       </c>
       <c r="D272" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="E272"/>
     </row>
     <row r="273" spans="1:15">
       <c r="A273" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="B273" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="C273" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
       <c r="D273" t="s">
-        <v>777</v>
+        <v>101</v>
       </c>
       <c r="E273"/>
     </row>
     <row r="274" spans="1:15">
       <c r="A274" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="B274" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="C274" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D274" t="s">
-        <v>705</v>
+        <v>782</v>
       </c>
       <c r="E274"/>
     </row>
     <row r="275" spans="1:15">
       <c r="A275" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="B275" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="C275" t="s">
-        <v>618</v>
+        <v>49</v>
       </c>
       <c r="D275" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="E275"/>
     </row>
     <row r="276" spans="1:15">
       <c r="A276" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="B276" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="C276" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D276" t="s">
-        <v>92</v>
+        <v>788</v>
       </c>
       <c r="E276"/>
     </row>
     <row r="277" spans="1:15">
       <c r="A277" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="B277" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="C277" t="s">
-        <v>787</v>
+        <v>189</v>
       </c>
       <c r="D277" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="E277"/>
     </row>
     <row r="278" spans="1:15">
       <c r="A278" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="B278" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="C278" t="s">
-        <v>87</v>
+        <v>323</v>
       </c>
       <c r="D278" t="s">
-        <v>791</v>
+        <v>785</v>
       </c>
       <c r="E278"/>
     </row>
     <row r="279" spans="1:15">
       <c r="A279" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="B279" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="C279" t="s">
-        <v>75</v>
+        <v>125</v>
       </c>
       <c r="D279" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="E279"/>
     </row>
     <row r="280" spans="1:15">
       <c r="A280" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="B280" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="C280" t="s">
-        <v>87</v>
+        <v>37</v>
       </c>
       <c r="D280" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
       <c r="E280"/>
     </row>
     <row r="281" spans="1:15">
       <c r="A281" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="B281" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="C281" t="s">
-        <v>79</v>
+        <v>53</v>
       </c>
       <c r="D281" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="E281"/>
     </row>
     <row r="282" spans="1:15">
       <c r="A282" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="B282" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="C282" t="s">
-        <v>53</v>
+        <v>452</v>
       </c>
       <c r="D282" t="s">
-        <v>777</v>
+        <v>763</v>
       </c>
       <c r="E282"/>
     </row>
     <row r="283" spans="1:15">
       <c r="A283" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="B283" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C283" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="D283" t="s">
-        <v>794</v>
+        <v>806</v>
       </c>
       <c r="E283"/>
     </row>
     <row r="284" spans="1:15">
       <c r="A284" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="B284" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="C284" t="s">
-        <v>84</v>
+        <v>487</v>
       </c>
       <c r="D284" t="s">
-        <v>806</v>
+        <v>34</v>
       </c>
       <c r="E284"/>
     </row>
     <row r="285" spans="1:15">
       <c r="A285" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="B285" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="C285" t="s">
-        <v>45</v>
+        <v>172</v>
       </c>
       <c r="D285" t="s">
-        <v>768</v>
+        <v>811</v>
       </c>
       <c r="E285"/>
     </row>
     <row r="286" spans="1:15">
       <c r="A286" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="B286" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="C286" t="s">
-        <v>75</v>
+        <v>33</v>
       </c>
       <c r="D286" t="s">
-        <v>305</v>
+        <v>814</v>
       </c>
       <c r="E286"/>
     </row>
     <row r="287" spans="1:15">
       <c r="A287" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B287" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C287" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="D287" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="E287"/>
     </row>
     <row r="288" spans="1:15">
       <c r="A288" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="B288" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="C288" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D288" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="E288"/>
     </row>
     <row r="289" spans="1:15">
       <c r="A289" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="B289" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="C289" t="s">
-        <v>17</v>
+        <v>132</v>
       </c>
       <c r="D289" t="s">
-        <v>819</v>
+        <v>70</v>
       </c>
       <c r="E289"/>
     </row>
     <row r="290" spans="1:15">
       <c r="A290" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="B290" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C290" t="s">
-        <v>139</v>
+        <v>9</v>
       </c>
       <c r="D290" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="E290"/>
     </row>
     <row r="291" spans="1:15">
       <c r="A291" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="B291" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="C291" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D291" t="s">
-        <v>825</v>
+        <v>186</v>
       </c>
       <c r="E291"/>
     </row>
     <row r="292" spans="1:15">
       <c r="A292" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="B292" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="C292" t="s">
-        <v>41</v>
+        <v>189</v>
       </c>
       <c r="D292" t="s">
-        <v>64</v>
+        <v>830</v>
       </c>
       <c r="E292"/>
     </row>
     <row r="293" spans="1:15">
       <c r="A293" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="B293" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="C293" t="s">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="D293" t="s">
-        <v>830</v>
+        <v>304</v>
       </c>
       <c r="E293"/>
     </row>
     <row r="294" spans="1:15">
       <c r="A294" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="B294" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="C294" t="s">
-        <v>75</v>
+        <v>33</v>
       </c>
       <c r="D294" t="s">
-        <v>833</v>
+        <v>760</v>
       </c>
       <c r="E294"/>
     </row>
     <row r="295" spans="1:15">
       <c r="A295" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="B295" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="C295" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="D295" t="s">
-        <v>836</v>
+        <v>436</v>
       </c>
       <c r="E295"/>
     </row>
     <row r="296" spans="1:15">
       <c r="A296" t="s">
         <v>837</v>
       </c>
       <c r="B296" t="s">
         <v>838</v>
       </c>
       <c r="C296" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="D296" t="s">
-        <v>762</v>
+        <v>439</v>
       </c>
       <c r="E296"/>
     </row>
     <row r="297" spans="1:15">
       <c r="A297" t="s">
         <v>839</v>
       </c>
       <c r="B297" t="s">
         <v>840</v>
       </c>
       <c r="C297" t="s">
-        <v>75</v>
+        <v>29</v>
       </c>
       <c r="D297" t="s">
-        <v>765</v>
+        <v>841</v>
       </c>
       <c r="E297"/>
     </row>
     <row r="298" spans="1:15">
       <c r="A298" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="B298" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C298" t="s">
-        <v>75</v>
+        <v>29</v>
       </c>
       <c r="D298" t="s">
-        <v>447</v>
+        <v>844</v>
       </c>
       <c r="E298"/>
     </row>
     <row r="299" spans="1:15">
       <c r="A299" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="B299" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="C299" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D299" t="s">
-        <v>450</v>
+        <v>841</v>
       </c>
       <c r="E299"/>
     </row>
     <row r="300" spans="1:15">
       <c r="A300" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="B300" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="C300" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="D300" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="E300"/>
     </row>
     <row r="301" spans="1:15">
       <c r="A301" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B301" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="C301" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D301" t="s">
-        <v>850</v>
+        <v>841</v>
       </c>
       <c r="E301"/>
     </row>
     <row r="302" spans="1:15">
       <c r="A302" t="s">
         <v>851</v>
       </c>
       <c r="B302" t="s">
         <v>852</v>
       </c>
       <c r="C302" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="D302" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="E302"/>
     </row>
     <row r="303" spans="1:15">
       <c r="A303" t="s">
         <v>853</v>
       </c>
       <c r="B303" t="s">
         <v>854</v>
       </c>
       <c r="C303" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="D303" t="s">
-        <v>850</v>
+        <v>841</v>
       </c>
       <c r="E303"/>
     </row>
     <row r="304" spans="1:15">
       <c r="A304" t="s">
         <v>855</v>
       </c>
       <c r="B304" t="s">
         <v>856</v>
       </c>
       <c r="C304" t="s">
-        <v>25</v>
+        <v>125</v>
       </c>
       <c r="D304" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="E304"/>
     </row>
     <row r="305" spans="1:15">
       <c r="A305" t="s">
         <v>857</v>
       </c>
       <c r="B305" t="s">
         <v>858</v>
       </c>
       <c r="C305" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
       <c r="D305" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="E305"/>
     </row>
     <row r="306" spans="1:15">
       <c r="A306" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="B306" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="C306" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="D306" t="s">
-        <v>847</v>
+        <v>211</v>
       </c>
       <c r="E306"/>
     </row>
     <row r="307" spans="1:15">
       <c r="A307" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="B307" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="C307" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="D307" t="s">
-        <v>850</v>
+        <v>864</v>
       </c>
       <c r="E307"/>
     </row>
     <row r="308" spans="1:15">
       <c r="A308" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="B308" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="C308" t="s">
-        <v>75</v>
+        <v>867</v>
       </c>
       <c r="D308" t="s">
-        <v>441</v>
+        <v>868</v>
       </c>
       <c r="E308"/>
     </row>
     <row r="309" spans="1:15">
       <c r="A309" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="B309" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="C309" t="s">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="D309" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="E309"/>
     </row>
     <row r="310" spans="1:15">
       <c r="A310" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="B310" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="C310" t="s">
-        <v>139</v>
+        <v>873</v>
       </c>
       <c r="D310" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="E310"/>
     </row>
     <row r="311" spans="1:15">
       <c r="A311" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="B311" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="C311" t="s">
-        <v>873</v>
+        <v>132</v>
       </c>
       <c r="D311" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="E311"/>
     </row>
     <row r="312" spans="1:15">
       <c r="A312" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="B312" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="C312" t="s">
-        <v>190</v>
+        <v>880</v>
       </c>
       <c r="D312" t="s">
-        <v>870</v>
+        <v>881</v>
       </c>
       <c r="E312"/>
     </row>
     <row r="313" spans="1:15">
       <c r="A313" t="s">
-        <v>877</v>
+        <v>882</v>
       </c>
       <c r="B313" t="s">
-        <v>878</v>
+        <v>883</v>
       </c>
       <c r="C313" t="s">
-        <v>879</v>
+        <v>89</v>
       </c>
       <c r="D313" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="E313"/>
     </row>
     <row r="314" spans="1:15">
       <c r="A314" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="B314" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
       <c r="C314" t="s">
-        <v>190</v>
+        <v>887</v>
       </c>
       <c r="D314" t="s">
-        <v>870</v>
+        <v>888</v>
       </c>
       <c r="E314"/>
     </row>
     <row r="315" spans="1:15">
       <c r="A315" t="s">
-        <v>883</v>
+        <v>889</v>
       </c>
       <c r="B315" t="s">
-        <v>884</v>
+        <v>890</v>
       </c>
       <c r="C315" t="s">
-        <v>481</v>
+        <v>214</v>
       </c>
       <c r="D315" t="s">
-        <v>880</v>
+        <v>891</v>
       </c>
       <c r="E315"/>
     </row>
     <row r="316" spans="1:15">
       <c r="A316" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
       <c r="B316" t="s">
-        <v>886</v>
+        <v>893</v>
       </c>
       <c r="C316" t="s">
-        <v>84</v>
+        <v>894</v>
       </c>
       <c r="D316" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
       <c r="E316"/>
     </row>
     <row r="317" spans="1:15">
       <c r="A317" t="s">
-        <v>888</v>
+        <v>896</v>
       </c>
       <c r="B317" t="s">
-        <v>889</v>
+        <v>897</v>
       </c>
       <c r="C317" t="s">
-        <v>890</v>
+        <v>37</v>
       </c>
       <c r="D317" t="s">
-        <v>891</v>
+        <v>414</v>
       </c>
       <c r="E317"/>
     </row>
     <row r="318" spans="1:15">
       <c r="A318" t="s">
-        <v>892</v>
+        <v>898</v>
       </c>
       <c r="B318" t="s">
-        <v>893</v>
+        <v>899</v>
       </c>
       <c r="C318" t="s">
-        <v>49</v>
+        <v>725</v>
       </c>
       <c r="D318" t="s">
-        <v>894</v>
+        <v>806</v>
       </c>
       <c r="E318"/>
     </row>
     <row r="319" spans="1:15">
       <c r="A319" t="s">
-        <v>895</v>
+        <v>900</v>
       </c>
       <c r="B319" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
       <c r="C319" t="s">
-        <v>897</v>
+        <v>125</v>
       </c>
       <c r="D319" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="E319"/>
     </row>
     <row r="320" spans="1:15">
       <c r="A320" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="B320" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="C320" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D320" t="s">
-        <v>413</v>
+        <v>215</v>
       </c>
       <c r="E320"/>
     </row>
     <row r="321" spans="1:15">
       <c r="A321" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="B321" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="C321" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="D321" t="s">
-        <v>305</v>
+        <v>331</v>
       </c>
       <c r="E321"/>
     </row>
     <row r="322" spans="1:15">
       <c r="A322" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="B322" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="C322" t="s">
-        <v>45</v>
+        <v>89</v>
       </c>
       <c r="D322" t="s">
-        <v>905</v>
+        <v>113</v>
       </c>
       <c r="E322"/>
     </row>
     <row r="323" spans="1:15">
       <c r="A323" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="B323" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="C323" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="D323" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="E323"/>
     </row>
     <row r="324" spans="1:15">
       <c r="A324" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="B324" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="C324" t="s">
-        <v>133</v>
+        <v>33</v>
       </c>
       <c r="D324" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="E324"/>
     </row>
     <row r="325" spans="1:15">
       <c r="A325" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="B325" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="C325" t="s">
-        <v>25</v>
+        <v>323</v>
       </c>
       <c r="D325" t="s">
-        <v>219</v>
+        <v>917</v>
       </c>
       <c r="E325"/>
     </row>
     <row r="326" spans="1:15">
       <c r="A326" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="B326" t="s">
-        <v>915</v>
+        <v>919</v>
       </c>
       <c r="C326" t="s">
-        <v>49</v>
+        <v>361</v>
       </c>
       <c r="D326" t="s">
-        <v>194</v>
+        <v>61</v>
       </c>
       <c r="E326"/>
     </row>
     <row r="327" spans="1:15">
       <c r="A327" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="B327" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="C327" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D327" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="E327"/>
     </row>
     <row r="328" spans="1:15">
       <c r="A328" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="B328" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="C328" t="s">
-        <v>53</v>
+        <v>132</v>
       </c>
       <c r="D328" t="s">
-        <v>921</v>
+        <v>133</v>
       </c>
       <c r="E328"/>
     </row>
     <row r="329" spans="1:15">
       <c r="A329" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="B329" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="C329" t="s">
-        <v>139</v>
+        <v>927</v>
       </c>
       <c r="D329" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="E329"/>
-    </row>
-[...43 lines deleted...]
-      <c r="E332"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.35" right="0.35" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter>&amp;L&amp;Bdelicando ShopOnly&amp;RSeite/Page &amp;P of &amp;N</oddFooter>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">