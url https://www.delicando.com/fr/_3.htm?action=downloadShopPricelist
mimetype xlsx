--- v2 (2026-02-10)
+++ v3 (2026-03-29)
@@ -16,2837 +16,2159 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Worksheet'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="929">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="703">
   <si>
     <t>delicando LOGO</t>
   </si>
   <si>
-    <t>Download: 10.02.2026 02:02</t>
+    <t>Download: 29.03.2026 13:56</t>
   </si>
   <si>
     <t>Art-Nr./Prod-No.</t>
   </si>
   <si>
     <t>Artikelbezeichung/Product</t>
   </si>
   <si>
     <t>Lager/Stock</t>
   </si>
   <si>
     <t>Preis/Price EUR</t>
   </si>
   <si>
     <t>Dummy</t>
   </si>
   <si>
     <t>2200001</t>
   </si>
   <si>
     <t>Almdudler 0,35l</t>
   </si>
   <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>1,22</t>
+  </si>
+  <si>
+    <t>220002</t>
+  </si>
+  <si>
+    <t>Almdudler 12x1l</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>29,64</t>
+  </si>
+  <si>
+    <t>2200021</t>
+  </si>
+  <si>
+    <t>Almdudler 1l</t>
+  </si>
+  <si>
     <t>11</t>
   </si>
   <si>
-    <t>1,22</t>
-[...5 lines deleted...]
-    <t>Almdudler 12x1l</t>
+    <t>2,47</t>
+  </si>
+  <si>
+    <t>220000</t>
+  </si>
+  <si>
+    <t>Almdudler 24x0,35l</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>29,28</t>
+  </si>
+  <si>
+    <t>2201871</t>
+  </si>
+  <si>
+    <t>Aqua Monaco Organic Tonic Water 0,23l</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>2,55</t>
+  </si>
+  <si>
+    <t>220187</t>
+  </si>
+  <si>
+    <t>Aqua Monaco Organic Tonic Water 20x0,23l</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>50,90</t>
+  </si>
+  <si>
+    <t>1101041</t>
+  </si>
+  <si>
+    <t>Augustiner Edelstoff 5,6% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>1,50</t>
+  </si>
+  <si>
+    <t>110104</t>
+  </si>
+  <si>
+    <t>Augustiner Edelstoff 5,6% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>30,00</t>
+  </si>
+  <si>
+    <t>110103</t>
+  </si>
+  <si>
+    <t>Augustiner Lagerbier hell 5,2% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>28,40</t>
+  </si>
+  <si>
+    <t>1102611</t>
+  </si>
+  <si>
+    <t>Birra Moretti L'Autentica Premium Lager 4,6% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>1,75</t>
+  </si>
+  <si>
+    <t>110261</t>
+  </si>
+  <si>
+    <t>Birra Moretti L'Autentica Premium Lager 4,6% Vol. 24x0,33l</t>
+  </si>
+  <si>
+    <t>41,90</t>
+  </si>
+  <si>
+    <t>1103241</t>
+  </si>
+  <si>
+    <t>Bud American Lager Beer 5% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>1,64</t>
+  </si>
+  <si>
+    <t>919520</t>
+  </si>
+  <si>
+    <t>CO2-bottle 10 kg</t>
+  </si>
+  <si>
+    <t>89,90</t>
+  </si>
+  <si>
+    <t>919522-S</t>
+  </si>
+  <si>
+    <t>CO2-bottle 2 kg</t>
+  </si>
+  <si>
+    <t>65,90</t>
+  </si>
+  <si>
+    <t>220028</t>
+  </si>
+  <si>
+    <t>Coca Cola 12x1l</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>23,64</t>
+  </si>
+  <si>
+    <t>2200281</t>
+  </si>
+  <si>
+    <t>Coca Cola 1l</t>
+  </si>
+  <si>
+    <t>1,97</t>
+  </si>
+  <si>
+    <t>220020</t>
+  </si>
+  <si>
+    <t>Coca Cola 24x0,33l</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>26,88</t>
+  </si>
+  <si>
+    <t>2200401</t>
+  </si>
+  <si>
+    <t>Coca Cola Zero 0,33l</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>29,64</t>
-[...29 lines deleted...]
-    <t>Aqua Monaco Organic Tonic Water 0,23l</t>
+    <t>1,16</t>
+  </si>
+  <si>
+    <t>220040</t>
+  </si>
+  <si>
+    <t>Coca Cola Zero 24x0,33l</t>
+  </si>
+  <si>
+    <t>27,84</t>
+  </si>
+  <si>
+    <t>2200301</t>
+  </si>
+  <si>
+    <t>Coca Cola light 0,33l</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>220030</t>
+  </si>
+  <si>
+    <t>Coca Cola light 24x0,33l</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>1100501</t>
+  </si>
+  <si>
+    <t>Corona Extra 4,5% Vol. 0,355l</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>1,19</t>
+  </si>
+  <si>
+    <t>918031</t>
+  </si>
+  <si>
+    <t>Damasttischtuch weiß 10x1 m</t>
+  </si>
+  <si>
+    <t>3,90</t>
+  </si>
+  <si>
+    <t>110074</t>
+  </si>
+  <si>
+    <t>Edelweiss Hofbräu Weizenbier 4,5% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>29,80</t>
+  </si>
+  <si>
+    <t>1100701</t>
+  </si>
+  <si>
+    <t>Edelweiss alkoholfrei 0,5l</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>1,46</t>
+  </si>
+  <si>
+    <t>110070</t>
+  </si>
+  <si>
+    <t>Edelweiss alkoholfrei 20x0,5l</t>
+  </si>
+  <si>
+    <t>29,20</t>
+  </si>
+  <si>
+    <t>1101981</t>
+  </si>
+  <si>
+    <t>Erdinger Lagerbier hell 5,1% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>1,51</t>
+  </si>
+  <si>
+    <t>110198</t>
+  </si>
+  <si>
+    <t>Erdinger Lagerbier hell 5,1% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>30,20</t>
+  </si>
+  <si>
+    <t>1100911</t>
+  </si>
+  <si>
+    <t>Erdinger Urweisse 4,9% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1100931</t>
+  </si>
+  <si>
+    <t>Erdinger Weissbier Hefe hell 5,3% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110093</t>
+  </si>
+  <si>
+    <t>Erdinger Weissbier Hefe hell 5,3% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>32,80</t>
+  </si>
+  <si>
+    <t>110092</t>
+  </si>
+  <si>
+    <t>Erdinger Weissbier alkoholfrei 20x0,5l</t>
+  </si>
+  <si>
+    <t>28,80</t>
+  </si>
+  <si>
+    <t>1102081</t>
+  </si>
+  <si>
+    <t>Estrella Galicia Cerveza Especial 5,5% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1,12</t>
+  </si>
+  <si>
+    <t>1101001</t>
+  </si>
+  <si>
+    <t>Franziskaner Weißbier Hefe dunkel 5% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110100</t>
+  </si>
+  <si>
+    <t>Franziskaner Weißbier Hefe dunkel 5% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>29,90</t>
+  </si>
+  <si>
+    <t>1101011</t>
+  </si>
+  <si>
+    <t>Franziskaner Weißbier Hefe naturtrüb 5% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,34</t>
+  </si>
+  <si>
+    <t>1101061</t>
+  </si>
+  <si>
+    <t>Franziskaner Weißbier alkoholfrei 0,5l</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>1,13</t>
+  </si>
+  <si>
+    <t>110106</t>
+  </si>
+  <si>
+    <t>Franziskaner Weißbier alkoholfrei 20x0,5l</t>
+  </si>
+  <si>
+    <t>22,60</t>
+  </si>
+  <si>
+    <t>2200811</t>
+  </si>
+  <si>
+    <t>Frucade Orange 0,35l</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>0,83</t>
+  </si>
+  <si>
+    <t>220083</t>
+  </si>
+  <si>
+    <t>Frucade Orange 12x1l</t>
+  </si>
+  <si>
+    <t>21,48</t>
+  </si>
+  <si>
+    <t>2200831</t>
+  </si>
+  <si>
+    <t>Frucade Orange 1l</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>1,79</t>
+  </si>
+  <si>
+    <t>220081</t>
+  </si>
+  <si>
+    <t>Frucade Orange 24x0,35l</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>19,90</t>
+  </si>
+  <si>
+    <t>230002</t>
+  </si>
+  <si>
+    <t>Gasteiner prickelnd 12x1l</t>
+  </si>
+  <si>
+    <t>16,80</t>
+  </si>
+  <si>
+    <t>2300021</t>
+  </si>
+  <si>
+    <t>Gasteiner prickelnd 1l</t>
+  </si>
+  <si>
+    <t>1,40</t>
+  </si>
+  <si>
+    <t>1101861</t>
+  </si>
+  <si>
+    <t>Guinness Extra Stout 5% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>2,17</t>
+  </si>
+  <si>
+    <t>110186-02</t>
+  </si>
+  <si>
+    <t>Guinness Extra Stout 5% Vol. 6x4x0,33l</t>
+  </si>
+  <si>
+    <t>52,08</t>
+  </si>
+  <si>
+    <t>1102251</t>
+  </si>
+  <si>
+    <t>Gösser Biostoff Lager 4,8% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>1,08</t>
+  </si>
+  <si>
+    <t>110225</t>
+  </si>
+  <si>
+    <t>Gösser Biostoff Lager 4,8% Vol. 12x0,33l</t>
+  </si>
+  <si>
+    <t>12,90</t>
+  </si>
+  <si>
+    <t>1101101</t>
+  </si>
+  <si>
+    <t>Gösser Bock 7,1% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,80</t>
+  </si>
+  <si>
+    <t>100001</t>
+  </si>
+  <si>
+    <t>Gösser Gold 5,3% Vol. 30l</t>
+  </si>
+  <si>
+    <t>109,90</t>
+  </si>
+  <si>
+    <t>1101121</t>
+  </si>
+  <si>
+    <t>Gösser Märzen 5,2% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,09</t>
+  </si>
+  <si>
+    <t>110112</t>
+  </si>
+  <si>
+    <t>Gösser Märzen 5,2% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>508</t>
+  </si>
+  <si>
+    <t>19,80</t>
+  </si>
+  <si>
+    <t>1101141</t>
+  </si>
+  <si>
+    <t>Gösser Natur Gold alkoholfrei 0,33l</t>
+  </si>
+  <si>
+    <t>1,49</t>
+  </si>
+  <si>
+    <t>1101151</t>
+  </si>
+  <si>
+    <t>Gösser Natur Gold alkoholfrei 0,5l</t>
+  </si>
+  <si>
+    <t>110114</t>
+  </si>
+  <si>
+    <t>Gösser Natur Gold alkoholfrei 12x0,33l</t>
+  </si>
+  <si>
+    <t>17,90</t>
+  </si>
+  <si>
+    <t>110115</t>
+  </si>
+  <si>
+    <t>Gösser Natur Gold alkoholfrei 20x0,5l</t>
+  </si>
+  <si>
+    <t>1101721</t>
+  </si>
+  <si>
+    <t>Gösser Natur Radler 0,0% alkoholfrei 0,33l</t>
+  </si>
+  <si>
+    <t>110172</t>
+  </si>
+  <si>
+    <t>Gösser Natur Radler 0,0% alkoholfrei 12x0,33l</t>
+  </si>
+  <si>
+    <t>18,12</t>
+  </si>
+  <si>
+    <t>1101741</t>
+  </si>
+  <si>
+    <t>Gösser Natur Radler Zitrone 2% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1,58</t>
+  </si>
+  <si>
+    <t>110174</t>
+  </si>
+  <si>
+    <t>Gösser Natur Radler Zitrone 2% Vol. 12x0,33l</t>
+  </si>
+  <si>
+    <t>18,90</t>
+  </si>
+  <si>
+    <t>110176</t>
+  </si>
+  <si>
+    <t>Gösser Stifts Zwickl Hell 4x4er Pinolenkiste 5,2% Vol. 16x0,5l</t>
+  </si>
+  <si>
+    <t>34,90</t>
+  </si>
+  <si>
+    <t>1101761</t>
+  </si>
+  <si>
+    <t>Gösser Stifts Zwickl Hell 5,2% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>2,18</t>
+  </si>
+  <si>
+    <t>1101461</t>
+  </si>
+  <si>
+    <t>Hacker-Pschorr Münchner Hell Bügelflasche 5% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,95</t>
+  </si>
+  <si>
+    <t>110146</t>
+  </si>
+  <si>
+    <t>Hacker-Pschorr Münchner Hell Bügelflasche 5% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>39,00</t>
+  </si>
+  <si>
+    <t>210031</t>
+  </si>
+  <si>
+    <t>Happy Day Ananassaft 100% 12x1l</t>
+  </si>
+  <si>
+    <t>40,80</t>
+  </si>
+  <si>
+    <t>2100311</t>
+  </si>
+  <si>
+    <t>Happy Day Ananassaft 100% 1l</t>
+  </si>
+  <si>
+    <t>3,40</t>
+  </si>
+  <si>
+    <t>2100331</t>
+  </si>
+  <si>
+    <t>Happy Day Cranberry 1l</t>
+  </si>
+  <si>
+    <t>3,64</t>
+  </si>
+  <si>
+    <t>210034</t>
+  </si>
+  <si>
+    <t>Happy Day Erdbeer 12x1l</t>
+  </si>
+  <si>
+    <t>43,80</t>
+  </si>
+  <si>
+    <t>2100341</t>
+  </si>
+  <si>
+    <t>Happy Day Erdbeer 1l</t>
+  </si>
+  <si>
+    <t>3,65</t>
+  </si>
+  <si>
+    <t>210035</t>
+  </si>
+  <si>
+    <t>Happy Day Mango 12x1l</t>
+  </si>
+  <si>
+    <t>40,92</t>
+  </si>
+  <si>
+    <t>2100351</t>
+  </si>
+  <si>
+    <t>Happy Day Mango 1l</t>
+  </si>
+  <si>
+    <t>3,41</t>
+  </si>
+  <si>
+    <t>210036</t>
+  </si>
+  <si>
+    <t>Happy Day Maracuja 12x1l</t>
+  </si>
+  <si>
+    <t>44,28</t>
+  </si>
+  <si>
+    <t>2100361</t>
+  </si>
+  <si>
+    <t>Happy Day Maracuja 1l</t>
+  </si>
+  <si>
+    <t>3,69</t>
+  </si>
+  <si>
+    <t>210037</t>
+  </si>
+  <si>
+    <t>Happy Day Multivitamin 100% 12x1l</t>
+  </si>
+  <si>
+    <t>34,56</t>
+  </si>
+  <si>
+    <t>2100371</t>
+  </si>
+  <si>
+    <t>Happy Day Multivitamin 100% 1l</t>
+  </si>
+  <si>
+    <t>2,88</t>
+  </si>
+  <si>
+    <t>210039</t>
+  </si>
+  <si>
+    <t>Happy Day Orangensaft 100% 12x1l</t>
+  </si>
+  <si>
+    <t>52,44</t>
+  </si>
+  <si>
+    <t>2100391</t>
+  </si>
+  <si>
+    <t>Happy Day Orangensaft 100% 1l</t>
+  </si>
+  <si>
+    <t>4,37</t>
+  </si>
+  <si>
+    <t>1101401</t>
+  </si>
+  <si>
+    <t>Heineken Lager 5% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1,14</t>
+  </si>
+  <si>
+    <t>110223-S</t>
+  </si>
+  <si>
+    <t>Heineken Premium Lager Fass 5% Vol. 20l</t>
+  </si>
+  <si>
+    <t>77,90</t>
+  </si>
+  <si>
+    <t>1101551</t>
+  </si>
+  <si>
+    <t>Hirter Morchl 5% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,59</t>
+  </si>
+  <si>
+    <t>1101561</t>
+  </si>
+  <si>
+    <t>Hirter Privat Pils 5,2% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1101571</t>
+  </si>
+  <si>
+    <t>Hirter Privat Pils 5,2% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,54</t>
+  </si>
+  <si>
+    <t>110157</t>
+  </si>
+  <si>
+    <t>Hirter Privat Pils 5,2% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>30,80</t>
+  </si>
+  <si>
+    <t>110156</t>
+  </si>
+  <si>
+    <t>Hirter Privat Pils 5,2% Vol. 24x0,33l</t>
+  </si>
+  <si>
+    <t>33,60</t>
+  </si>
+  <si>
+    <t>917501</t>
+  </si>
+  <si>
+    <t>Holzkiste 1er 43,5x9,5x9,5 cm</t>
+  </si>
+  <si>
+    <t>9,90</t>
+  </si>
+  <si>
+    <t>917500</t>
+  </si>
+  <si>
+    <t>Holzkiste 1er Magnum 42x14x14 cm</t>
+  </si>
+  <si>
+    <t>11,90</t>
+  </si>
+  <si>
+    <t>917533</t>
+  </si>
+  <si>
+    <t>Holzkiste 1er Magnum Versand 57x19x19 cm</t>
+  </si>
+  <si>
+    <t>21,50</t>
+  </si>
+  <si>
+    <t>917502</t>
+  </si>
+  <si>
+    <t>Holzkiste 1er Magnum klein 35x11x11 cm</t>
+  </si>
+  <si>
+    <t>917510</t>
+  </si>
+  <si>
+    <t>Holzkiste 2er 38,3x17x9,5 cm</t>
+  </si>
+  <si>
+    <t>917520</t>
+  </si>
+  <si>
+    <t>Holzkiste 3er 38,3x26,5x9,5 cm</t>
+  </si>
+  <si>
+    <t>14,90</t>
+  </si>
+  <si>
+    <t>917521</t>
+  </si>
+  <si>
+    <t>Holzkiste 3er Spruch ''Wein ist Poesie in bottles'' 38,3x26,5x9,5 cm</t>
+  </si>
+  <si>
+    <t>917530</t>
+  </si>
+  <si>
+    <t>Holzkiste 6er kurz 48,5x31x9,5 cm</t>
+  </si>
+  <si>
+    <t>20,90</t>
+  </si>
+  <si>
+    <t>917531</t>
+  </si>
+  <si>
+    <t>Holzkiste 6er lang 48,5x38x9,5 cm</t>
+  </si>
+  <si>
+    <t>917532</t>
+  </si>
+  <si>
+    <t>Holzkiste Versandkiste 6er 36,5 x 28,5 x 19,5 cm</t>
+  </si>
+  <si>
+    <t>22,90</t>
+  </si>
+  <si>
+    <t>917499</t>
+  </si>
+  <si>
+    <t>Holzkiste for Bierflaschen 12x0,5l</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>21,90</t>
+  </si>
+  <si>
+    <t>919564</t>
+  </si>
+  <si>
+    <t>Hornig Kaffee Caffè Crema Classico ganze Bohne 1/2 kg</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>919555</t>
+  </si>
+  <si>
+    <t>Hornig Kaffee Spezial ganze Bohne 1/2 kg</t>
+  </si>
+  <si>
+    <t>919556</t>
+  </si>
+  <si>
+    <t>Hornig Kaffee Spezial gemahlen 1/2 kg</t>
+  </si>
+  <si>
+    <t>230017</t>
+  </si>
+  <si>
+    <t>Johannisbrunnen-Heilwasser prickelnd 12x1l</t>
+  </si>
+  <si>
+    <t>10,68</t>
+  </si>
+  <si>
+    <t>2300171</t>
+  </si>
+  <si>
+    <t>Johannisbrunnen-Heilwasser prickelnd 1l</t>
+  </si>
+  <si>
+    <t>0,89</t>
+  </si>
+  <si>
+    <t>1102031</t>
+  </si>
+  <si>
+    <t>Kandi Malz alkoholfrei 0,5l</t>
+  </si>
+  <si>
+    <t>1,05</t>
+  </si>
+  <si>
+    <t>110203</t>
+  </si>
+  <si>
+    <t>Kandi Malz alkoholfrei 20x0,5l</t>
+  </si>
+  <si>
+    <t>110256</t>
+  </si>
+  <si>
+    <t>Laško Zlatorog Havala 4,9% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>1101901</t>
+  </si>
+  <si>
+    <t>Leffe Blonde 6,6% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1,66</t>
+  </si>
+  <si>
+    <t>110190</t>
+  </si>
+  <si>
+    <t>Leffe Blonde 6,6% Vol. 24x0,33l</t>
+  </si>
+  <si>
+    <t>39,84</t>
+  </si>
+  <si>
+    <t>230031</t>
+  </si>
+  <si>
+    <t>Long Life mild 12x1l</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>6,48</t>
+  </si>
+  <si>
+    <t>2300311</t>
+  </si>
+  <si>
+    <t>Long Life mild 1l</t>
+  </si>
+  <si>
+    <t>0,54</t>
+  </si>
+  <si>
+    <t>230030</t>
+  </si>
+  <si>
+    <t>Long Life prickelnd 12x1l</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>2300301</t>
+  </si>
+  <si>
+    <t>Long Life prickelnd 1l</t>
+  </si>
+  <si>
+    <t>1102571</t>
+  </si>
+  <si>
+    <t>Murauer Dunkel 5,2% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,90</t>
+  </si>
+  <si>
+    <t>110257</t>
+  </si>
+  <si>
+    <t>Murauer Dunkel 5,2% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>37,90</t>
+  </si>
+  <si>
+    <t>1102481</t>
+  </si>
+  <si>
+    <t>Murauer Märzen 5,2% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,47</t>
+  </si>
+  <si>
+    <t>110248</t>
+  </si>
+  <si>
+    <t>Murauer Märzen 5,2% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>29,40</t>
+  </si>
+  <si>
+    <t>110249</t>
+  </si>
+  <si>
+    <t>Murauer Märzen 5,2% Vol. 24x0,33l</t>
+  </si>
+  <si>
+    <t>27,60</t>
+  </si>
+  <si>
+    <t>2201201</t>
+  </si>
+  <si>
+    <t>Murelli Almrausch 0,5l</t>
+  </si>
+  <si>
+    <t>1,03</t>
+  </si>
+  <si>
+    <t>220120</t>
+  </si>
+  <si>
+    <t>Murelli Almrausch 20x0,5l</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>20,60</t>
+  </si>
+  <si>
+    <t>2201281</t>
+  </si>
+  <si>
+    <t>Murelli Cola 0,5l</t>
+  </si>
+  <si>
+    <t>220128</t>
+  </si>
+  <si>
+    <t>Murelli Cola 20x0,5l</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>2201211</t>
+  </si>
+  <si>
+    <t>Murelli Cola-Mix 0,5l</t>
+  </si>
+  <si>
+    <t>220121</t>
+  </si>
+  <si>
+    <t>Murelli Cola-Mix 20x0,5l</t>
+  </si>
+  <si>
+    <t>220131</t>
+  </si>
+  <si>
+    <t>Murelli Die Bewusste Apfel &amp; Birne 20x0,5l</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>2201321</t>
+  </si>
+  <si>
+    <t>Murelli Die Bewusste Brombeere &amp; Lavendel 0,5l</t>
+  </si>
+  <si>
+    <t>220132</t>
+  </si>
+  <si>
+    <t>Murelli Die Bewusste Brombeere &amp; Lavendel 20x0,5l</t>
+  </si>
+  <si>
+    <t>2201221</t>
+  </si>
+  <si>
+    <t>Murelli Himbeer 0,5l</t>
+  </si>
+  <si>
+    <t>220122</t>
+  </si>
+  <si>
+    <t>Murelli Himbeer 20x0,5l</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>2201231</t>
+  </si>
+  <si>
+    <t>Murelli Orange 0,5l</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>220123</t>
+  </si>
+  <si>
+    <t>Murelli Orange 20x0,5l</t>
+  </si>
+  <si>
+    <t>2201241</t>
+  </si>
+  <si>
+    <t>Murelli Orange-Maracuja 0,5l</t>
+  </si>
+  <si>
+    <t>220124</t>
+  </si>
+  <si>
+    <t>Murelli Orange-Maracuja 20x0,5l</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>220126</t>
+  </si>
+  <si>
+    <t>Murelli Rhabarber &amp; Minze 20x0,5l</t>
+  </si>
+  <si>
+    <t>2201251</t>
+  </si>
+  <si>
+    <t>Murelli Zitrone 0,5l</t>
+  </si>
+  <si>
+    <t>220125</t>
+  </si>
+  <si>
+    <t>Murelli Zitrone 20x0,5l</t>
+  </si>
+  <si>
+    <t>918600</t>
+  </si>
+  <si>
+    <t>Palmwedelpicker 10 Stück</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>1,35</t>
+  </si>
+  <si>
+    <t>918122</t>
+  </si>
+  <si>
+    <t>Pappteller 13x20 cm 25 Stück</t>
+  </si>
+  <si>
+    <t>2,50</t>
+  </si>
+  <si>
+    <t>918123</t>
+  </si>
+  <si>
+    <t>Pappteller 13x20 cm 250 Stück</t>
+  </si>
+  <si>
+    <t>918127</t>
+  </si>
+  <si>
+    <t>Pappteller pure rund 23 cm 25 Stück</t>
+  </si>
+  <si>
+    <t>4,90</t>
+  </si>
+  <si>
+    <t>918128</t>
+  </si>
+  <si>
+    <t>Pappteller rund 23 cm 100 Stück</t>
+  </si>
+  <si>
+    <t>10,99</t>
+  </si>
+  <si>
+    <t>1102671</t>
+  </si>
+  <si>
+    <t>Peroni Nastro Azzurro 5% Vol. 0,33l</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>2,55</t>
-[...305 lines deleted...]
-    <t>Erdinger Urweisse 4,9% Vol. 0,5l</t>
+    <t>110267</t>
+  </si>
+  <si>
+    <t>Peroni Nastro Azzurro 5% Vol. 24x0,33l</t>
+  </si>
+  <si>
+    <t>42,96</t>
+  </si>
+  <si>
+    <t>230051</t>
+  </si>
+  <si>
+    <t>Peterquelle Mineralwasser 12x1l</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
+    <t>6,29</t>
+  </si>
+  <si>
+    <t>2300511</t>
+  </si>
+  <si>
+    <t>Peterquelle Mineralwasser 1l</t>
+  </si>
+  <si>
+    <t>0,52</t>
+  </si>
+  <si>
+    <t>230050</t>
+  </si>
+  <si>
+    <t>Peterquelle Mineralwasser 20x0,33l</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>8,64</t>
+  </si>
+  <si>
+    <t>410030</t>
+  </si>
+  <si>
+    <t>Platzer Welschriesling Landwein 11,5% Vol. 12x1l</t>
+  </si>
+  <si>
+    <t>65,88</t>
+  </si>
+  <si>
+    <t>230060</t>
+  </si>
+  <si>
+    <t>Preblauer 12x1l</t>
+  </si>
+  <si>
+    <t>15,12</t>
+  </si>
+  <si>
+    <t>850013</t>
+  </si>
+  <si>
+    <t>Propan Flüssiggas 10 kg</t>
+  </si>
+  <si>
+    <t>59,90</t>
+  </si>
+  <si>
+    <t>918143</t>
+  </si>
+  <si>
+    <t>Prägeservietten weiss 100 Stück</t>
+  </si>
+  <si>
+    <t>372</t>
+  </si>
+  <si>
+    <t>917330</t>
+  </si>
+  <si>
+    <t>Präsentkarton NATUR offene Welle 6er 38 cm</t>
+  </si>
+  <si>
+    <t>11,50</t>
+  </si>
+  <si>
+    <t>917325</t>
+  </si>
+  <si>
+    <t>Präsentkarton Struktura VITA Perlmut 1er</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>3,79</t>
+  </si>
+  <si>
+    <t>917326</t>
+  </si>
+  <si>
+    <t>Präsentkarton Struktura VITA Perlmut 2er</t>
+  </si>
+  <si>
+    <t>5,59</t>
+  </si>
+  <si>
+    <t>917327</t>
+  </si>
+  <si>
+    <t>Präsentkarton Struktura VITA Perlmut 3er</t>
+  </si>
+  <si>
+    <t>6,49</t>
+  </si>
+  <si>
+    <t>917331</t>
+  </si>
+  <si>
+    <t>Präsentkarton offene Welle Schwarz 6er 38 cm</t>
+  </si>
+  <si>
+    <t>11,99</t>
+  </si>
+  <si>
+    <t>917340</t>
+  </si>
+  <si>
+    <t>Präsentkorb Sechseck VINTAGE Holzoptik groß 41,5x46,5x15,5 cm</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>6,39</t>
+  </si>
+  <si>
+    <t>1102701</t>
+  </si>
+  <si>
+    <t>Puntigamer DAS BIERIGE BIER 5,1% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>0,99</t>
+  </si>
+  <si>
+    <t>110270</t>
+  </si>
+  <si>
+    <t>Puntigamer DAS BIERIGE BIER 5,1% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>2742</t>
+  </si>
+  <si>
+    <t>1102881</t>
+  </si>
+  <si>
+    <t>Puntigamer DAS BIERIGE BIER MEHRWEG 5,1% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>0,93</t>
+  </si>
+  <si>
+    <t>110288</t>
+  </si>
+  <si>
+    <t>Puntigamer DAS BIERIGE BIER MEHRWEG 5,1% Vol. 24x0,33l</t>
+  </si>
+  <si>
+    <t>22,40</t>
+  </si>
+  <si>
+    <t>100069</t>
+  </si>
+  <si>
+    <t>Puntigamer Panther 5,2% Vol. 50l</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>174,90</t>
+  </si>
+  <si>
+    <t>2300701</t>
+  </si>
+  <si>
+    <t>Radenska 1l</t>
+  </si>
+  <si>
+    <t>0,65</t>
+  </si>
+  <si>
+    <t>230070</t>
+  </si>
+  <si>
+    <t>Radenska 6x1l</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>2300961</t>
+  </si>
+  <si>
+    <t>Römerquelle Emotion Birne-Melisse 0,33l</t>
+  </si>
+  <si>
+    <t>0,70</t>
+  </si>
+  <si>
+    <t>230096</t>
+  </si>
+  <si>
+    <t>Römerquelle Emotion Birne-Melisse 20x0,33l</t>
+  </si>
+  <si>
+    <t>14,00</t>
+  </si>
+  <si>
+    <t>230144</t>
+  </si>
+  <si>
+    <t>Römerquelle mild Splitkiste 12x1l</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>8,52</t>
+  </si>
+  <si>
+    <t>2301441</t>
+  </si>
+  <si>
+    <t>Römerquelle mild Splitkiste 1l</t>
+  </si>
+  <si>
+    <t>0,71</t>
+  </si>
+  <si>
+    <t>230135</t>
+  </si>
+  <si>
+    <t>Römerquelle prickelnd 20x0,33l</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>11,20</t>
+  </si>
+  <si>
+    <t>230143</t>
+  </si>
+  <si>
+    <t>Römerquelle prickelnd Splitkiste 12x1l</t>
+  </si>
+  <si>
+    <t>8,28</t>
+  </si>
+  <si>
+    <t>2301431</t>
+  </si>
+  <si>
+    <t>Römerquelle prickelnd Splitkiste 1l</t>
+  </si>
+  <si>
+    <t>0,69</t>
+  </si>
+  <si>
+    <t>2301401</t>
+  </si>
+  <si>
+    <t>Römerquelle still 0,33l</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>110091</t>
-[...239 lines deleted...]
-    <t>Gösser Helles 3x6er Pinolen-Kiste 4,4% Vol. 18x0,5l</t>
+    <t>0,58</t>
+  </si>
+  <si>
+    <t>230140</t>
+  </si>
+  <si>
+    <t>Römerquelle still 20x0,33l</t>
+  </si>
+  <si>
+    <t>11,60</t>
+  </si>
+  <si>
+    <t>910180</t>
+  </si>
+  <si>
+    <t>Sack Eiswürfel 7 kg</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>5,60</t>
+  </si>
+  <si>
+    <t>230151</t>
+  </si>
+  <si>
+    <t>San Pellegrino 12x0,75l</t>
+  </si>
+  <si>
+    <t>22,98</t>
+  </si>
+  <si>
+    <t>1103001</t>
+  </si>
+  <si>
+    <t>Schneider Weisse 5,4% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110300</t>
+  </si>
+  <si>
+    <t>Schneider Weisse 5,4% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>2300581</t>
+  </si>
+  <si>
+    <t>Schweppes Dry Tonic Water Mehrweg 0,2l</t>
+  </si>
+  <si>
+    <t>1,52</t>
+  </si>
+  <si>
+    <t>230058</t>
+  </si>
+  <si>
+    <t>Schweppes Dry Tonic Water Mehrweg 24x0,2l</t>
+  </si>
+  <si>
+    <t>36,48</t>
+  </si>
+  <si>
+    <t>2201441</t>
+  </si>
+  <si>
+    <t>Schweppes Indian Tonic Water 1l</t>
+  </si>
+  <si>
+    <t>2,81</t>
+  </si>
+  <si>
+    <t>220144</t>
+  </si>
+  <si>
+    <t>Schweppes Indian Tonic Water 6x1l</t>
+  </si>
+  <si>
+    <t>16,86</t>
+  </si>
+  <si>
+    <t>2201411</t>
+  </si>
+  <si>
+    <t>Schweppes Original Bitter Lemon 1l</t>
+  </si>
+  <si>
+    <t>2,86</t>
+  </si>
+  <si>
+    <t>220141</t>
+  </si>
+  <si>
+    <t>Schweppes Original Bitter Lemon 6x1l</t>
+  </si>
+  <si>
+    <t>17,16</t>
+  </si>
+  <si>
+    <t>220158</t>
+  </si>
+  <si>
+    <t>Schweppes Russian Wild Berry 6x1l</t>
+  </si>
+  <si>
+    <t>17,34</t>
+  </si>
+  <si>
+    <t>918164</t>
+  </si>
+  <si>
+    <t>Sekt Stiel-glass C-PLA 0,1 l 24 Stück</t>
+  </si>
+  <si>
+    <t>23,90</t>
+  </si>
+  <si>
+    <t>230171</t>
+  </si>
+  <si>
+    <t>Sodawasser Container 19l</t>
+  </si>
+  <si>
+    <t>1102041</t>
+  </si>
+  <si>
+    <t>Spaten Münchner Hell 5,2% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110204</t>
+  </si>
+  <si>
+    <t>Spaten Münchner Hell 5,2% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>31,80</t>
+  </si>
+  <si>
+    <t>2201371</t>
+  </si>
+  <si>
+    <t>Steirer Fit ACE 0,33l</t>
+  </si>
+  <si>
+    <t>220137</t>
+  </si>
+  <si>
+    <t>Steirer Fit ACE 24x0,33l</t>
+  </si>
+  <si>
+    <t>21,36</t>
+  </si>
+  <si>
+    <t>220136</t>
+  </si>
+  <si>
+    <t>Steirer Kola 12x1l</t>
+  </si>
+  <si>
+    <t>14,70</t>
+  </si>
+  <si>
+    <t>2201001</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Himbeer 0,33l</t>
+  </si>
+  <si>
+    <t>220133</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Himbeer 12x1l</t>
+  </si>
+  <si>
+    <t>14,28</t>
+  </si>
+  <si>
+    <t>2201331</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Himbeer 1l</t>
+  </si>
+  <si>
+    <t>220100</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Himbeer 24x0,33l</t>
+  </si>
+  <si>
+    <t>16,56</t>
+  </si>
+  <si>
+    <t>2201031</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Holunder Limette-Minze 0,33l</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>0,75</t>
+  </si>
+  <si>
+    <t>220103</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Holunder Limette-Minze 24x0,33l</t>
+  </si>
+  <si>
+    <t>18,00</t>
+  </si>
+  <si>
+    <t>220169-S</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Johannisbeer 24x0,33l</t>
+  </si>
+  <si>
+    <t>30,90</t>
+  </si>
+  <si>
+    <t>2201051</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Zitrone 0,33l</t>
+  </si>
+  <si>
+    <t>220135</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Zitrone 12x1l</t>
+  </si>
+  <si>
+    <t>14,76</t>
+  </si>
+  <si>
+    <t>220105</t>
+  </si>
+  <si>
+    <t>Steirer Kracherl Zitrone 24x0,33l</t>
+  </si>
+  <si>
+    <t>230170</t>
+  </si>
+  <si>
+    <t>Steirer Soda Sodawasser 12x1l</t>
+  </si>
+  <si>
+    <t>10,20</t>
+  </si>
+  <si>
+    <t>2301701</t>
+  </si>
+  <si>
+    <t>Steirer Soda Sodawasser 1l</t>
+  </si>
+  <si>
+    <t>0,85</t>
+  </si>
+  <si>
+    <t>1102291</t>
+  </si>
+  <si>
+    <t>Stiegl Paracelsus Glutenfrei MEHRWEG 4,9% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>2,54</t>
+  </si>
+  <si>
+    <t>1103221</t>
+  </si>
+  <si>
+    <t>Stiegl Radler Grapefruit 2% Vol. 0,33l</t>
+  </si>
+  <si>
+    <t>1,62</t>
+  </si>
+  <si>
+    <t>110322</t>
+  </si>
+  <si>
+    <t>Stiegl Radler Grapefruit 2% Vol. 12x0,33l</t>
+  </si>
+  <si>
+    <t>19,44</t>
+  </si>
+  <si>
+    <t>918193</t>
+  </si>
+  <si>
+    <t>Suppenschale aus Zuckerrohr 0,5l 12 Stück</t>
+  </si>
+  <si>
+    <t>1101751</t>
+  </si>
+  <si>
+    <t>Tegernseer hell 4,8% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110175</t>
+  </si>
+  <si>
+    <t>Tegernseer hell 4,8% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>28,00</t>
+  </si>
+  <si>
+    <t>1101871</t>
+  </si>
+  <si>
+    <t>Trumer Obertrumer Märzen 4,8% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>110187</t>
+  </si>
+  <si>
+    <t>Trumer Obertrumer Märzen 4,8% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>110206</t>
+  </si>
+  <si>
+    <t>Trumer Obertrumer Original Zwickl 4,8% Vol. 20x0,5l</t>
+  </si>
+  <si>
+    <t>36,80</t>
+  </si>
+  <si>
+    <t>210111</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Apfel-Quittensaft Naturtrüb 12x1l</t>
+  </si>
+  <si>
+    <t>33,48</t>
+  </si>
+  <si>
+    <t>2101111</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Apfel-Quittensaft Naturtrüb 1l</t>
+  </si>
+  <si>
+    <t>2,79</t>
+  </si>
+  <si>
+    <t>210112</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Apfel-Rote-Rübensaft Naturtrüb 12x1l</t>
+  </si>
+  <si>
+    <t>2101121</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Apfel-Rote-Rübensaft Naturtrüb 1l</t>
+  </si>
+  <si>
+    <t>210109</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Apfelsaft with Mangomark Naturtrüb 12x1l</t>
+  </si>
+  <si>
+    <t>2101091</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Apfelsaft with Mangomark Naturtrüb 1l</t>
+  </si>
+  <si>
+    <t>210113</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Multifrucht Naturtrüb 12x1l</t>
+  </si>
+  <si>
+    <t>2101131</t>
+  </si>
+  <si>
+    <t>Trummer SaftQuell Multifrucht Naturtrüb 1l</t>
+  </si>
+  <si>
+    <t>1102241</t>
+  </si>
+  <si>
+    <t>Unertl Weissbier Bügelflasche 4,9% Vol. 0,5l</t>
+  </si>
+  <si>
+    <t>1,89</t>
+  </si>
+  <si>
+    <t>110224</t>
+  </si>
+  <si>
+    <t>Unertl Weissbier Bügelflasche 4,9% Vol. 16x0,5l</t>
   </si>
   <si>
     <t>30,24</t>
   </si>
   <si>
-    <t>1102661</t>
-[...5 lines deleted...]
-    <t>6</t>
+    <t>2301961</t>
+  </si>
+  <si>
+    <t>Vöslauer mild 1l</t>
+  </si>
+  <si>
+    <t>0,98</t>
+  </si>
+  <si>
+    <t>230196</t>
+  </si>
+  <si>
+    <t>Vöslauer mild Splitkiste 8x1l</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>7,84</t>
+  </si>
+  <si>
+    <t>2301971</t>
+  </si>
+  <si>
+    <t>Vöslauer ohne 1l</t>
+  </si>
+  <si>
+    <t>1,02</t>
+  </si>
+  <si>
+    <t>230197</t>
+  </si>
+  <si>
+    <t>Vöslauer ohne Splitkiste 8x1l</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>8,16</t>
+  </si>
+  <si>
+    <t>2302041</t>
+  </si>
+  <si>
+    <t>Vöslauer prickelnd 1l</t>
+  </si>
+  <si>
+    <t>1,01</t>
+  </si>
+  <si>
+    <t>230204</t>
+  </si>
+  <si>
+    <t>Vöslauer prickelnd Splitkiste 8x1l</t>
+  </si>
+  <si>
+    <t>8,10</t>
+  </si>
+  <si>
+    <t>230216</t>
+  </si>
+  <si>
+    <t>Waldquelle Zitrus-Mix Spritzig 12x0,5l Pfand</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>9,24</t>
+  </si>
+  <si>
+    <t>230211</t>
+  </si>
+  <si>
+    <t>Waldquelle spritzig 12x1l</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>6,50</t>
+  </si>
+  <si>
+    <t>2302111</t>
+  </si>
+  <si>
+    <t>Waldquelle spritzig 1l</t>
+  </si>
+  <si>
+    <t>1103351</t>
+  </si>
+  <si>
+    <t>Weihenstephaner hefetrüb alkoholfrei 0,5l</t>
+  </si>
+  <si>
+    <t>1,65</t>
+  </si>
+  <si>
+    <t>110335-S</t>
+  </si>
+  <si>
+    <t>Weihenstephaner hefetrüb alkoholfrei 20x0,5l</t>
+  </si>
+  <si>
+    <t>32,90</t>
+  </si>
+  <si>
+    <t>1103211</t>
+  </si>
+  <si>
+    <t>Weihenstephaner hefetrüb hell 5,4% Vol. 0,5l</t>
   </si>
   <si>
     <t>1,68</t>
   </si>
   <si>
-    <t>1102261</t>
-[...2065 lines deleted...]
-  <si>
     <t>110321</t>
   </si>
   <si>
     <t>Weihenstephaner hefetrüb hell 5,4% Vol. 20x0,5l</t>
   </si>
   <si>
+    <t>1103301</t>
+  </si>
+  <si>
+    <t>Wieselburger Gold 5% Vol. 0,5l</t>
+  </si>
+  <si>
     <t>110330</t>
   </si>
   <si>
     <t>Wieselburger Gold 5% Vol. 20x0,5l</t>
   </si>
   <si>
-    <t>1103311</t>
-[...16 lines deleted...]
-  <si>
     <t>1102161</t>
   </si>
   <si>
     <t>Wildbräu Hell 5% Vol. 0,33l</t>
   </si>
   <si>
     <t>1,29</t>
   </si>
   <si>
     <t>1102151</t>
   </si>
   <si>
     <t>Wildbräu Hell 5% Vol. 0,5l</t>
   </si>
   <si>
     <t>110216</t>
   </si>
   <si>
     <t>Wildbräu Hell 5% Vol. 20x0,33l</t>
   </si>
   <si>
     <t>25,80</t>
   </si>
   <si>
     <t>110215</t>
   </si>
   <si>
     <t>Wildbräu Hell 5% Vol. 20x0,5l</t>
-  </si>
-[...10 lines deleted...]
-    <t>1,00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3202,54 +2524,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O329"/>
+  <dimension ref="A1:O239"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E329" sqref="E329"/>
+      <selection activeCell="E239" sqref="E239"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11" customWidth="true" style="0"/>
     <col min="2" max="2" width="49" customWidth="true" style="0"/>
     <col min="3" max="3" width="6" customWidth="true" style="0"/>
     <col min="4" max="4" width="9" customWidth="true" style="0"/>
     <col min="5" max="5" width="28" customWidth="true" style="0"/>
     <col min="6" max="6" width="11" customWidth="true" style="0"/>
     <col min="7" max="7" width="9" customWidth="true" style="0"/>
     <col min="8" max="8" width="9" customWidth="true" style="0"/>
     <col min="9" max="9" width="9" customWidth="true" style="0"/>
     <col min="10" max="10" width="9" customWidth="true" style="0"/>
     <col min="11" max="11" width="9" customWidth="true" style="0"/>
     <col min="12" max="12" width="9" customWidth="true" style="0"/>
     <col min="13" max="13" width="9" customWidth="true" style="0"/>
     <col min="14" max="14" width="9" customWidth="true" style="0"/>
     <col min="15" max="15" width="9" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
@@ -3410,4781 +2732,3431 @@
       <c r="E12"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" t="s">
         <v>43</v>
       </c>
       <c r="B13" t="s">
         <v>44</v>
       </c>
       <c r="C13" t="s">
         <v>45</v>
       </c>
       <c r="D13" t="s">
         <v>46</v>
       </c>
       <c r="E13"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" t="s">
         <v>47</v>
       </c>
       <c r="B14" t="s">
         <v>48</v>
       </c>
       <c r="C14" t="s">
+        <v>33</v>
+      </c>
+      <c r="D14" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="E14"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" t="s">
+        <v>50</v>
+      </c>
+      <c r="B15" t="s">
         <v>51</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>52</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="E15"/>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" t="s">
+        <v>54</v>
+      </c>
+      <c r="B16" t="s">
         <v>55</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
+        <v>9</v>
+      </c>
+      <c r="D16" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
       <c r="E16"/>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" t="s">
+        <v>57</v>
+      </c>
+      <c r="B17" t="s">
+        <v>58</v>
+      </c>
+      <c r="C17" t="s">
+        <v>29</v>
+      </c>
+      <c r="D17" t="s">
         <v>59</v>
-      </c>
-[...7 lines deleted...]
-        <v>61</v>
       </c>
       <c r="E17"/>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" t="s">
+        <v>60</v>
+      </c>
+      <c r="B18" t="s">
+        <v>61</v>
+      </c>
+      <c r="C18" t="s">
         <v>62</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
       <c r="E18"/>
     </row>
     <row r="19" spans="1:15">
       <c r="A19" t="s">
+        <v>64</v>
+      </c>
+      <c r="B19" t="s">
         <v>65</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
+        <v>9</v>
+      </c>
+      <c r="D19" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
       <c r="E19"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="s">
+        <v>67</v>
+      </c>
+      <c r="B20" t="s">
         <v>68</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D20" t="s">
         <v>70</v>
       </c>
       <c r="E20"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="s">
         <v>71</v>
       </c>
       <c r="B21" t="s">
         <v>72</v>
       </c>
       <c r="C21" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="D21" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E21"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B22" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C22" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="D22" t="s">
         <v>77</v>
       </c>
       <c r="E22"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="s">
         <v>78</v>
       </c>
       <c r="B23" t="s">
         <v>79</v>
       </c>
       <c r="C23" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
       <c r="D23" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="E23"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="s">
         <v>81</v>
       </c>
       <c r="B24" t="s">
         <v>82</v>
       </c>
       <c r="C24" t="s">
         <v>83</v>
       </c>
       <c r="D24" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="E24"/>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="s">
+        <v>84</v>
+      </c>
+      <c r="B25" t="s">
         <v>85</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>86</v>
       </c>
-      <c r="C25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D25" t="s">
-        <v>73</v>
+        <v>87</v>
       </c>
       <c r="E25"/>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B26" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C26" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="D26" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="E26"/>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B27" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C27" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="D27" t="s">
-        <v>73</v>
+        <v>93</v>
       </c>
       <c r="E27"/>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B28" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C28" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="D28" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="E28"/>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B29" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C29" t="s">
-        <v>25</v>
+        <v>83</v>
       </c>
       <c r="D29" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="E29"/>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B30" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C30" t="s">
-        <v>29</v>
+        <v>103</v>
       </c>
       <c r="D30" t="s">
-        <v>58</v>
+        <v>104</v>
       </c>
       <c r="E30"/>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="B31" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="C31" t="s">
-        <v>9</v>
+        <v>83</v>
       </c>
       <c r="D31" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="E31"/>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="B32" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="C32" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="D32" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="E32"/>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="B33" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="C33" t="s">
-        <v>49</v>
+        <v>80</v>
       </c>
       <c r="D33" t="s">
-        <v>106</v>
+        <v>53</v>
       </c>
       <c r="E33"/>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B34" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="C34" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="D34" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="E34"/>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B35" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C35" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="D35" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="E35"/>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B36" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C36" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D36" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="E36"/>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="B37" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="C37" t="s">
-        <v>89</v>
+        <v>73</v>
       </c>
       <c r="D37" t="s">
-        <v>119</v>
+        <v>34</v>
       </c>
       <c r="E37"/>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B38" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C38" t="s">
         <v>33</v>
       </c>
       <c r="D38" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="E38"/>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B39" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C39" t="s">
-        <v>125</v>
+        <v>96</v>
       </c>
       <c r="D39" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E39"/>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B40" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C40" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D40" t="s">
-        <v>61</v>
+        <v>132</v>
       </c>
       <c r="E40"/>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B41" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C41" t="s">
-        <v>132</v>
+        <v>96</v>
       </c>
       <c r="D41" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="E41"/>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B42" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C42" t="s">
-        <v>125</v>
+        <v>138</v>
       </c>
       <c r="D42" t="s">
-        <v>61</v>
+        <v>139</v>
       </c>
       <c r="E42"/>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="B43" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="C43" t="s">
         <v>17</v>
       </c>
       <c r="D43" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:15">
       <c r="A44" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="B44" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="C44" t="s">
-        <v>132</v>
+        <v>145</v>
       </c>
       <c r="D44" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="E44"/>
     </row>
     <row r="45" spans="1:15">
       <c r="A45" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="B45" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="C45" t="s">
-        <v>17</v>
+        <v>149</v>
       </c>
       <c r="D45" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="E45"/>
     </row>
     <row r="46" spans="1:15">
       <c r="A46" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="B46" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="C46" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D46" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:15">
       <c r="A47" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="B47" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="C47" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="D47" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="E47"/>
     </row>
     <row r="48" spans="1:15">
       <c r="A48" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="B48" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="C48" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="D48" t="s">
-        <v>34</v>
+        <v>159</v>
       </c>
       <c r="E48"/>
     </row>
     <row r="49" spans="1:15">
       <c r="A49" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="B49" t="s">
-        <v>153</v>
+        <v>161</v>
       </c>
       <c r="C49" t="s">
-        <v>89</v>
+        <v>29</v>
       </c>
       <c r="D49" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="E49"/>
     </row>
     <row r="50" spans="1:15">
       <c r="A50" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="B50" t="s">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="C50" t="s">
-        <v>33</v>
+        <v>165</v>
       </c>
       <c r="D50" t="s">
-        <v>157</v>
+        <v>166</v>
       </c>
       <c r="E50"/>
     </row>
     <row r="51" spans="1:15">
       <c r="A51" t="s">
-        <v>158</v>
+        <v>167</v>
       </c>
       <c r="B51" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C51" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="D51" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="E51"/>
     </row>
     <row r="52" spans="1:15">
       <c r="A52" t="s">
-        <v>161</v>
+        <v>170</v>
       </c>
       <c r="B52" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="C52" t="s">
-        <v>129</v>
+        <v>29</v>
       </c>
       <c r="D52" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="E52"/>
     </row>
     <row r="53" spans="1:15">
       <c r="A53" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="B53" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
       <c r="C53" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="D53" t="s">
-        <v>166</v>
+        <v>175</v>
       </c>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:15">
       <c r="A54" t="s">
-        <v>167</v>
+        <v>176</v>
       </c>
       <c r="B54" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="C54" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D54" t="s">
-        <v>169</v>
+        <v>178</v>
       </c>
       <c r="E54"/>
     </row>
     <row r="55" spans="1:15">
       <c r="A55" t="s">
-        <v>170</v>
+        <v>179</v>
       </c>
       <c r="B55" t="s">
-        <v>171</v>
+        <v>180</v>
       </c>
       <c r="C55" t="s">
-        <v>172</v>
+        <v>181</v>
       </c>
       <c r="D55" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="E55"/>
     </row>
     <row r="56" spans="1:15">
       <c r="A56" t="s">
-        <v>174</v>
+        <v>183</v>
       </c>
       <c r="B56" t="s">
-        <v>175</v>
+        <v>184</v>
       </c>
       <c r="C56" t="s">
-        <v>125</v>
+        <v>83</v>
       </c>
       <c r="D56" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="E56"/>
     </row>
     <row r="57" spans="1:15">
       <c r="A57" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="B57" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="C57" t="s">
-        <v>179</v>
+        <v>73</v>
       </c>
       <c r="D57" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="E57"/>
     </row>
     <row r="58" spans="1:15">
       <c r="A58" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="B58" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="C58" t="s">
         <v>9</v>
       </c>
       <c r="D58" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="E58"/>
     </row>
     <row r="59" spans="1:15">
       <c r="A59" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="B59" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="C59" t="s">
-        <v>41</v>
+        <v>103</v>
       </c>
       <c r="D59" t="s">
-        <v>186</v>
+        <v>93</v>
       </c>
       <c r="E59"/>
     </row>
     <row r="60" spans="1:15">
       <c r="A60" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B60" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="C60" t="s">
-        <v>189</v>
+        <v>33</v>
       </c>
       <c r="D60" t="s">
-        <v>190</v>
+        <v>104</v>
       </c>
       <c r="E60"/>
     </row>
     <row r="61" spans="1:15">
       <c r="A61" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B61" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C61" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D61" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="E61"/>
     </row>
     <row r="62" spans="1:15">
       <c r="A62" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="B62" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="C62" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
       <c r="D62" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:15">
       <c r="A63" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B63" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C63" t="s">
-        <v>92</v>
+        <v>17</v>
       </c>
       <c r="D63" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:15">
       <c r="A64" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B64" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C64" t="s">
         <v>29</v>
       </c>
       <c r="D64" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="E64"/>
     </row>
     <row r="65" spans="1:15">
       <c r="A65" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B65" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C65" t="s">
-        <v>129</v>
+        <v>145</v>
       </c>
       <c r="D65" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="E65"/>
     </row>
     <row r="66" spans="1:15">
       <c r="A66" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="B66" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="C66" t="s">
-        <v>29</v>
+        <v>131</v>
       </c>
       <c r="D66" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="E66"/>
     </row>
     <row r="67" spans="1:15">
       <c r="A67" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B67" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="C67" t="s">
         <v>33</v>
       </c>
       <c r="D67" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="E67"/>
     </row>
     <row r="68" spans="1:15">
       <c r="A68" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B68" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C68" t="s">
-        <v>214</v>
+        <v>83</v>
       </c>
       <c r="D68" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:15">
       <c r="A69" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="B69" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="C69" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="D69" t="s">
-        <v>122</v>
+        <v>221</v>
       </c>
       <c r="E69"/>
     </row>
     <row r="70" spans="1:15">
       <c r="A70" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B70" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="C70" t="s">
-        <v>172</v>
+        <v>96</v>
       </c>
       <c r="D70" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="E70"/>
     </row>
     <row r="71" spans="1:15">
       <c r="A71" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="B71" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="C71" t="s">
-        <v>223</v>
+        <v>29</v>
       </c>
       <c r="D71" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="E71"/>
     </row>
     <row r="72" spans="1:15">
       <c r="A72" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="B72" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C72" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="D72" t="s">
-        <v>110</v>
+        <v>230</v>
       </c>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:15">
       <c r="A73" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="B73" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="C73" t="s">
-        <v>89</v>
+        <v>29</v>
       </c>
       <c r="D73" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="E73"/>
     </row>
     <row r="74" spans="1:15">
       <c r="A74" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B74" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="C74" t="s">
-        <v>232</v>
+        <v>9</v>
       </c>
       <c r="D74" t="s">
-        <v>113</v>
+        <v>236</v>
       </c>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:15">
       <c r="A75" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="B75" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="C75" t="s">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="D75" t="s">
-        <v>122</v>
+        <v>239</v>
       </c>
       <c r="E75"/>
     </row>
     <row r="76" spans="1:15">
       <c r="A76" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="B76" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="C76" t="s">
-        <v>125</v>
+        <v>52</v>
       </c>
       <c r="D76" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="E76"/>
     </row>
     <row r="77" spans="1:15">
       <c r="A77" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="B77" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="C77" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D77" t="s">
-        <v>122</v>
+        <v>245</v>
       </c>
       <c r="E77"/>
     </row>
     <row r="78" spans="1:15">
       <c r="A78" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="B78" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="C78" t="s">
-        <v>189</v>
+        <v>145</v>
       </c>
       <c r="D78" t="s">
-        <v>237</v>
+        <v>248</v>
       </c>
       <c r="E78"/>
     </row>
     <row r="79" spans="1:15">
       <c r="A79" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="B79" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="C79" t="s">
-        <v>125</v>
+        <v>29</v>
       </c>
       <c r="D79" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="E79"/>
     </row>
     <row r="80" spans="1:15">
       <c r="A80" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="B80" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C80" t="s">
-        <v>41</v>
+        <v>86</v>
       </c>
       <c r="D80" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="E80"/>
     </row>
     <row r="81" spans="1:15">
       <c r="A81" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="B81" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
       <c r="C81" t="s">
-        <v>129</v>
+        <v>96</v>
       </c>
       <c r="D81" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="E81"/>
     </row>
     <row r="82" spans="1:15">
       <c r="A82" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="B82" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="C82" t="s">
-        <v>132</v>
+        <v>29</v>
       </c>
       <c r="D82" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="E82"/>
     </row>
     <row r="83" spans="1:15">
       <c r="A83" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="B83" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="C83" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="D83" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="E83"/>
     </row>
     <row r="84" spans="1:15">
       <c r="A84" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="B84" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="C84" t="s">
-        <v>33</v>
+        <v>80</v>
       </c>
       <c r="D84" t="s">
-        <v>259</v>
+        <v>156</v>
       </c>
       <c r="E84"/>
     </row>
     <row r="85" spans="1:15">
       <c r="A85" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="B85" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="C85" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="D85" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="E85"/>
     </row>
     <row r="86" spans="1:15">
       <c r="A86" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="B86" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="C86" t="s">
-        <v>29</v>
+        <v>52</v>
       </c>
       <c r="D86" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="E86"/>
     </row>
     <row r="87" spans="1:15">
       <c r="A87" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="B87" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="C87" t="s">
-        <v>89</v>
+        <v>52</v>
       </c>
       <c r="D87" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="E87"/>
     </row>
     <row r="88" spans="1:15">
       <c r="A88" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="B88" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="C88" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D88" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="E88"/>
     </row>
     <row r="89" spans="1:15">
       <c r="A89" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="B89" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="C89" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="D89" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="E89"/>
     </row>
     <row r="90" spans="1:15">
       <c r="A90" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="B90" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="C90" t="s">
-        <v>214</v>
+        <v>83</v>
       </c>
       <c r="D90" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="E90"/>
     </row>
     <row r="91" spans="1:15">
       <c r="A91" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="B91" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="C91" t="s">
-        <v>53</v>
+        <v>37</v>
       </c>
       <c r="D91" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="E91"/>
     </row>
     <row r="92" spans="1:15">
       <c r="A92" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="B92" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="C92" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="D92" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="E92"/>
     </row>
     <row r="93" spans="1:15">
       <c r="A93" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="B93" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="C93" t="s">
-        <v>132</v>
+        <v>9</v>
       </c>
       <c r="D93" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="E93"/>
     </row>
     <row r="94" spans="1:15">
       <c r="A94" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="B94" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="C94" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="D94" t="s">
-        <v>289</v>
+        <v>203</v>
       </c>
       <c r="E94"/>
     </row>
     <row r="95" spans="1:15">
       <c r="A95" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="B95" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C95" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="D95" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="E95"/>
     </row>
     <row r="96" spans="1:15">
       <c r="A96" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B96" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C96" t="s">
-        <v>214</v>
+        <v>37</v>
       </c>
       <c r="D96" t="s">
         <v>295</v>
       </c>
       <c r="E96"/>
     </row>
     <row r="97" spans="1:15">
       <c r="A97" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B97" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C97" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="D97" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="E97"/>
     </row>
     <row r="98" spans="1:15">
       <c r="A98" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B98" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C98" t="s">
-        <v>53</v>
+        <v>303</v>
       </c>
       <c r="D98" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="E98"/>
     </row>
     <row r="99" spans="1:15">
       <c r="A99" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B99" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C99" t="s">
-        <v>132</v>
+        <v>307</v>
       </c>
       <c r="D99" t="s">
-        <v>304</v>
+        <v>290</v>
       </c>
       <c r="E99"/>
     </row>
     <row r="100" spans="1:15">
       <c r="A100" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="B100" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="C100" t="s">
-        <v>29</v>
+        <v>131</v>
       </c>
       <c r="D100" t="s">
-        <v>54</v>
+        <v>169</v>
       </c>
       <c r="E100"/>
     </row>
     <row r="101" spans="1:15">
       <c r="A101" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="B101" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="C101" t="s">
-        <v>214</v>
+        <v>52</v>
       </c>
       <c r="D101" t="s">
-        <v>309</v>
+        <v>169</v>
       </c>
       <c r="E101"/>
     </row>
     <row r="102" spans="1:15">
       <c r="A102" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B102" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C102" t="s">
-        <v>125</v>
+        <v>52</v>
       </c>
       <c r="D102" t="s">
-        <v>304</v>
+        <v>314</v>
       </c>
       <c r="E102"/>
     </row>
     <row r="103" spans="1:15">
       <c r="A103" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="B103" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="C103" t="s">
-        <v>125</v>
+        <v>17</v>
       </c>
       <c r="D103" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="E103"/>
     </row>
     <row r="104" spans="1:15">
       <c r="A104" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="B104" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="C104" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="D104" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="E104"/>
     </row>
     <row r="105" spans="1:15">
       <c r="A105" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="B105" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="C105" t="s">
-        <v>125</v>
+        <v>29</v>
       </c>
       <c r="D105" t="s">
-        <v>320</v>
+        <v>295</v>
       </c>
       <c r="E105"/>
     </row>
     <row r="106" spans="1:15">
       <c r="A106" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B106" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C106" t="s">
-        <v>323</v>
+        <v>17</v>
       </c>
       <c r="D106" t="s">
-        <v>186</v>
+        <v>93</v>
       </c>
       <c r="E106"/>
     </row>
     <row r="107" spans="1:15">
       <c r="A107" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B107" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C107" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D107" t="s">
-        <v>50</v>
+        <v>327</v>
       </c>
       <c r="E107"/>
     </row>
     <row r="108" spans="1:15">
       <c r="A108" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B108" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="C108" t="s">
-        <v>89</v>
+        <v>29</v>
       </c>
       <c r="D108" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="E108"/>
     </row>
     <row r="109" spans="1:15">
       <c r="A109" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B109" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="C109" t="s">
-        <v>17</v>
+        <v>333</v>
       </c>
       <c r="D109" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="E109"/>
     </row>
     <row r="110" spans="1:15">
       <c r="A110" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="B110" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="C110" t="s">
-        <v>132</v>
+        <v>9</v>
       </c>
       <c r="D110" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="E110"/>
     </row>
     <row r="111" spans="1:15">
       <c r="A111" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="B111" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="C111" t="s">
-        <v>214</v>
+        <v>340</v>
       </c>
       <c r="D111" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="E111"/>
     </row>
     <row r="112" spans="1:15">
       <c r="A112" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="B112" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C112" t="s">
-        <v>214</v>
+        <v>52</v>
       </c>
       <c r="D112" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="E112"/>
     </row>
     <row r="113" spans="1:15">
       <c r="A113" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="B113" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C113" t="s">
-        <v>89</v>
+        <v>73</v>
       </c>
       <c r="D113" t="s">
-        <v>334</v>
+        <v>345</v>
       </c>
       <c r="E113"/>
     </row>
     <row r="114" spans="1:15">
       <c r="A114" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="B114" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="C114" t="s">
-        <v>125</v>
+        <v>33</v>
       </c>
       <c r="D114" t="s">
-        <v>337</v>
+        <v>348</v>
       </c>
       <c r="E114"/>
     </row>
     <row r="115" spans="1:15">
       <c r="A115" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B115" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="C115" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="D115" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="E115"/>
     </row>
     <row r="116" spans="1:15">
       <c r="A116" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="B116" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="C116" t="s">
-        <v>49</v>
+        <v>131</v>
       </c>
       <c r="D116" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="E116"/>
     </row>
     <row r="117" spans="1:15">
       <c r="A117" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="B117" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C117" t="s">
         <v>9</v>
       </c>
       <c r="D117" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="E117"/>
     </row>
     <row r="118" spans="1:15">
       <c r="A118" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="B118" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="C118" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="D118" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="E118"/>
     </row>
     <row r="119" spans="1:15">
       <c r="A119" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="B119" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="C119" t="s">
-        <v>132</v>
+        <v>363</v>
       </c>
       <c r="D119" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="E119"/>
     </row>
     <row r="120" spans="1:15">
       <c r="A120" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="B120" t="s">
+        <v>366</v>
+      </c>
+      <c r="C120" t="s">
+        <v>145</v>
+      </c>
+      <c r="D120" t="s">
         <v>360</v>
-      </c>
-[...4 lines deleted...]
-        <v>362</v>
       </c>
       <c r="E120"/>
     </row>
     <row r="121" spans="1:15">
       <c r="A121" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="B121" t="s">
+        <v>368</v>
+      </c>
+      <c r="C121" t="s">
+        <v>369</v>
+      </c>
+      <c r="D121" t="s">
         <v>364</v>
-      </c>
-[...4 lines deleted...]
-        <v>347</v>
       </c>
       <c r="E121"/>
     </row>
     <row r="122" spans="1:15">
       <c r="A122" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="B122" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="C122" t="s">
-        <v>368</v>
+        <v>29</v>
       </c>
       <c r="D122" t="s">
-        <v>199</v>
+        <v>360</v>
       </c>
       <c r="E122"/>
     </row>
     <row r="123" spans="1:15">
       <c r="A123" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B123" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="C123" t="s">
-        <v>13</v>
+        <v>307</v>
       </c>
       <c r="D123" t="s">
-        <v>199</v>
+        <v>364</v>
       </c>
       <c r="E123"/>
     </row>
     <row r="124" spans="1:15">
       <c r="A124" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="B124" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="C124" t="s">
-        <v>53</v>
+        <v>376</v>
       </c>
       <c r="D124" t="s">
-        <v>373</v>
+        <v>364</v>
       </c>
       <c r="E124"/>
     </row>
     <row r="125" spans="1:15">
       <c r="A125" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="B125" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="C125" t="s">
-        <v>29</v>
+        <v>145</v>
       </c>
       <c r="D125" t="s">
-        <v>376</v>
+        <v>360</v>
       </c>
       <c r="E125"/>
     </row>
     <row r="126" spans="1:15">
       <c r="A126" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="B126" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="C126" t="s">
-        <v>125</v>
+        <v>145</v>
       </c>
       <c r="D126" t="s">
-        <v>379</v>
+        <v>364</v>
       </c>
       <c r="E126"/>
     </row>
     <row r="127" spans="1:15">
       <c r="A127" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B127" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C127" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="D127" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="E127"/>
     </row>
     <row r="128" spans="1:15">
       <c r="A128" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B128" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C128" t="s">
-        <v>232</v>
+        <v>385</v>
       </c>
       <c r="D128" t="s">
-        <v>34</v>
+        <v>364</v>
       </c>
       <c r="E128"/>
     </row>
     <row r="129" spans="1:15">
       <c r="A129" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="B129" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C129" t="s">
-        <v>41</v>
+        <v>388</v>
       </c>
       <c r="D129" t="s">
-        <v>386</v>
+        <v>360</v>
       </c>
       <c r="E129"/>
     </row>
     <row r="130" spans="1:15">
       <c r="A130" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B130" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C130" t="s">
-        <v>214</v>
+        <v>303</v>
       </c>
       <c r="D130" t="s">
-        <v>110</v>
+        <v>364</v>
       </c>
       <c r="E130"/>
     </row>
     <row r="131" spans="1:15">
       <c r="A131" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="B131" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C131" t="s">
-        <v>391</v>
+        <v>131</v>
       </c>
       <c r="D131" t="s">
-        <v>113</v>
+        <v>360</v>
       </c>
       <c r="E131"/>
     </row>
     <row r="132" spans="1:15">
       <c r="A132" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B132" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C132" t="s">
-        <v>53</v>
+        <v>395</v>
       </c>
       <c r="D132" t="s">
-        <v>394</v>
+        <v>364</v>
       </c>
       <c r="E132"/>
     </row>
     <row r="133" spans="1:15">
       <c r="A133" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B133" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C133" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="D133" t="s">
-        <v>397</v>
+        <v>364</v>
       </c>
       <c r="E133"/>
     </row>
     <row r="134" spans="1:15">
       <c r="A134" t="s">
         <v>398</v>
       </c>
       <c r="B134" t="s">
         <v>399</v>
       </c>
       <c r="C134" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="D134" t="s">
-        <v>400</v>
+        <v>360</v>
       </c>
       <c r="E134"/>
     </row>
     <row r="135" spans="1:15">
       <c r="A135" t="s">
+        <v>400</v>
+      </c>
+      <c r="B135" t="s">
         <v>401</v>
       </c>
-      <c r="B135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C135" t="s">
-        <v>9</v>
+        <v>303</v>
       </c>
       <c r="D135" t="s">
-        <v>403</v>
+        <v>364</v>
       </c>
       <c r="E135"/>
     </row>
     <row r="136" spans="1:15">
       <c r="A136" t="s">
+        <v>402</v>
+      </c>
+      <c r="B136" t="s">
+        <v>403</v>
+      </c>
+      <c r="C136" t="s">
         <v>404</v>
       </c>
-      <c r="B136" t="s">
+      <c r="D136" t="s">
         <v>405</v>
-      </c>
-[...4 lines deleted...]
-        <v>403</v>
       </c>
       <c r="E136"/>
     </row>
     <row r="137" spans="1:15">
       <c r="A137" t="s">
         <v>406</v>
       </c>
       <c r="B137" t="s">
         <v>407</v>
       </c>
       <c r="C137" t="s">
-        <v>9</v>
+        <v>73</v>
       </c>
       <c r="D137" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="E137"/>
     </row>
     <row r="138" spans="1:15">
       <c r="A138" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B138" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C138" t="s">
-        <v>410</v>
+        <v>165</v>
       </c>
       <c r="D138" t="s">
-        <v>411</v>
+        <v>290</v>
       </c>
       <c r="E138"/>
     </row>
     <row r="139" spans="1:15">
       <c r="A139" t="s">
+        <v>411</v>
+      </c>
+      <c r="B139" t="s">
         <v>412</v>
       </c>
-      <c r="B139" t="s">
+      <c r="C139" t="s">
+        <v>80</v>
+      </c>
+      <c r="D139" t="s">
         <v>413</v>
-      </c>
-[...4 lines deleted...]
-        <v>414</v>
       </c>
       <c r="E139"/>
     </row>
     <row r="140" spans="1:15">
       <c r="A140" t="s">
+        <v>414</v>
+      </c>
+      <c r="B140" t="s">
         <v>415</v>
       </c>
-      <c r="B140" t="s">
+      <c r="C140" t="s">
+        <v>145</v>
+      </c>
+      <c r="D140" t="s">
         <v>416</v>
-      </c>
-[...4 lines deleted...]
-        <v>411</v>
       </c>
       <c r="E140"/>
     </row>
     <row r="141" spans="1:15">
       <c r="A141" t="s">
+        <v>417</v>
+      </c>
+      <c r="B141" t="s">
         <v>418</v>
       </c>
-      <c r="B141" t="s">
+      <c r="C141" t="s">
         <v>419</v>
       </c>
-      <c r="C141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D141" t="s">
-        <v>414</v>
+        <v>146</v>
       </c>
       <c r="E141"/>
     </row>
     <row r="142" spans="1:15">
       <c r="A142" t="s">
         <v>420</v>
       </c>
       <c r="B142" t="s">
         <v>421</v>
       </c>
       <c r="C142" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D142" t="s">
         <v>422</v>
       </c>
       <c r="E142"/>
     </row>
     <row r="143" spans="1:15">
       <c r="A143" t="s">
         <v>423</v>
       </c>
       <c r="B143" t="s">
         <v>424</v>
       </c>
       <c r="C143" t="s">
-        <v>49</v>
+        <v>425</v>
       </c>
       <c r="D143" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E143"/>
     </row>
     <row r="144" spans="1:15">
       <c r="A144" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B144" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C144" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="D144" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E144"/>
     </row>
     <row r="145" spans="1:15">
       <c r="A145" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B145" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C145" t="s">
-        <v>125</v>
+        <v>432</v>
       </c>
       <c r="D145" t="s">
-        <v>386</v>
+        <v>433</v>
       </c>
       <c r="E145"/>
     </row>
     <row r="146" spans="1:15">
       <c r="A146" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B146" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="C146" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
       <c r="D146" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="E146"/>
     </row>
     <row r="147" spans="1:15">
       <c r="A147" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B147" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="C147" t="s">
-        <v>125</v>
+        <v>165</v>
       </c>
       <c r="D147" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="E147"/>
     </row>
     <row r="148" spans="1:15">
       <c r="A148" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B148" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="C148" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="D148" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="E148"/>
     </row>
     <row r="149" spans="1:15">
       <c r="A149" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B149" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="C149" t="s">
-        <v>29</v>
+        <v>445</v>
       </c>
       <c r="D149" t="s">
-        <v>442</v>
+        <v>408</v>
       </c>
       <c r="E149"/>
     </row>
     <row r="150" spans="1:15">
       <c r="A150" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B150" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="C150" t="s">
-        <v>41</v>
+        <v>376</v>
       </c>
       <c r="D150" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="E150"/>
     </row>
     <row r="151" spans="1:15">
       <c r="A151" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B151" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="C151" t="s">
-        <v>9</v>
+        <v>451</v>
       </c>
       <c r="D151" t="s">
-        <v>42</v>
+        <v>452</v>
       </c>
       <c r="E151"/>
     </row>
     <row r="152" spans="1:15">
       <c r="A152" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="B152" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="C152" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="D152" t="s">
-        <v>46</v>
+        <v>455</v>
       </c>
       <c r="E152"/>
     </row>
     <row r="153" spans="1:15">
       <c r="A153" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="B153" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="C153" t="s">
-        <v>452</v>
+        <v>96</v>
       </c>
       <c r="D153" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="E153"/>
     </row>
     <row r="154" spans="1:15">
       <c r="A154" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="B154" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="C154" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="D154" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="E154"/>
     </row>
     <row r="155" spans="1:15">
       <c r="A155" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="B155" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="C155" t="s">
-        <v>41</v>
+        <v>464</v>
       </c>
       <c r="D155" t="s">
-        <v>58</v>
+        <v>465</v>
       </c>
       <c r="E155"/>
     </row>
     <row r="156" spans="1:15">
       <c r="A156" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
       <c r="B156" t="s">
-        <v>460</v>
+        <v>467</v>
       </c>
       <c r="C156" t="s">
-        <v>57</v>
+        <v>303</v>
       </c>
       <c r="D156" t="s">
-        <v>461</v>
+        <v>468</v>
       </c>
       <c r="E156"/>
     </row>
     <row r="157" spans="1:15">
       <c r="A157" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="B157" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="C157" t="s">
-        <v>391</v>
+        <v>471</v>
       </c>
       <c r="D157" t="s">
-        <v>464</v>
+        <v>182</v>
       </c>
       <c r="E157"/>
     </row>
     <row r="158" spans="1:15">
       <c r="A158" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="B158" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="C158" t="s">
-        <v>13</v>
+        <v>165</v>
       </c>
       <c r="D158" t="s">
-        <v>461</v>
+        <v>474</v>
       </c>
       <c r="E158"/>
     </row>
     <row r="159" spans="1:15">
       <c r="A159" t="s">
-        <v>467</v>
+        <v>475</v>
       </c>
       <c r="B159" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
       <c r="C159" t="s">
-        <v>469</v>
+        <v>45</v>
       </c>
       <c r="D159" t="s">
-        <v>464</v>
+        <v>477</v>
       </c>
       <c r="E159"/>
     </row>
     <row r="160" spans="1:15">
       <c r="A160" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="B160" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="C160" t="s">
-        <v>13</v>
+        <v>480</v>
       </c>
       <c r="D160" t="s">
-        <v>461</v>
+        <v>481</v>
       </c>
       <c r="E160"/>
     </row>
     <row r="161" spans="1:15">
       <c r="A161" t="s">
-        <v>472</v>
+        <v>482</v>
       </c>
       <c r="B161" t="s">
-        <v>473</v>
+        <v>483</v>
       </c>
       <c r="C161" t="s">
-        <v>474</v>
+        <v>52</v>
       </c>
       <c r="D161" t="s">
-        <v>464</v>
+        <v>484</v>
       </c>
       <c r="E161"/>
     </row>
     <row r="162" spans="1:15">
       <c r="A162" t="s">
-        <v>475</v>
+        <v>485</v>
       </c>
       <c r="B162" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
       <c r="C162" t="s">
-        <v>25</v>
+        <v>487</v>
       </c>
       <c r="D162" t="s">
-        <v>461</v>
+        <v>90</v>
       </c>
       <c r="E162"/>
     </row>
     <row r="163" spans="1:15">
       <c r="A163" t="s">
-        <v>477</v>
+        <v>488</v>
       </c>
       <c r="B163" t="s">
-        <v>478</v>
+        <v>489</v>
       </c>
       <c r="C163" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="D163" t="s">
-        <v>464</v>
+        <v>490</v>
       </c>
       <c r="E163"/>
     </row>
     <row r="164" spans="1:15">
       <c r="A164" t="s">
-        <v>479</v>
+        <v>491</v>
       </c>
       <c r="B164" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="C164" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="D164" t="s">
-        <v>461</v>
+        <v>493</v>
       </c>
       <c r="E164"/>
     </row>
     <row r="165" spans="1:15">
       <c r="A165" t="s">
-        <v>481</v>
+        <v>494</v>
       </c>
       <c r="B165" t="s">
-        <v>482</v>
+        <v>495</v>
       </c>
       <c r="C165" t="s">
-        <v>37</v>
+        <v>496</v>
       </c>
       <c r="D165" t="s">
-        <v>464</v>
+        <v>497</v>
       </c>
       <c r="E165"/>
     </row>
     <row r="166" spans="1:15">
       <c r="A166" t="s">
-        <v>483</v>
+        <v>498</v>
       </c>
       <c r="B166" t="s">
-        <v>484</v>
+        <v>499</v>
       </c>
       <c r="C166" t="s">
-        <v>37</v>
+        <v>131</v>
       </c>
       <c r="D166" t="s">
-        <v>461</v>
+        <v>500</v>
       </c>
       <c r="E166"/>
     </row>
     <row r="167" spans="1:15">
       <c r="A167" t="s">
-        <v>485</v>
+        <v>501</v>
       </c>
       <c r="B167" t="s">
-        <v>486</v>
+        <v>502</v>
       </c>
       <c r="C167" t="s">
-        <v>487</v>
+        <v>503</v>
       </c>
       <c r="D167" t="s">
-        <v>464</v>
+        <v>504</v>
       </c>
       <c r="E167"/>
     </row>
     <row r="168" spans="1:15">
       <c r="A168" t="s">
-        <v>488</v>
+        <v>505</v>
       </c>
       <c r="B168" t="s">
-        <v>489</v>
+        <v>506</v>
       </c>
       <c r="C168" t="s">
-        <v>189</v>
+        <v>487</v>
       </c>
       <c r="D168" t="s">
-        <v>461</v>
+        <v>507</v>
       </c>
       <c r="E168"/>
     </row>
     <row r="169" spans="1:15">
       <c r="A169" t="s">
-        <v>490</v>
+        <v>508</v>
       </c>
       <c r="B169" t="s">
-        <v>491</v>
+        <v>509</v>
       </c>
       <c r="C169" t="s">
-        <v>129</v>
+        <v>33</v>
       </c>
       <c r="D169" t="s">
-        <v>464</v>
+        <v>510</v>
       </c>
       <c r="E169"/>
     </row>
     <row r="170" spans="1:15">
       <c r="A170" t="s">
-        <v>492</v>
+        <v>511</v>
       </c>
       <c r="B170" t="s">
-        <v>493</v>
+        <v>512</v>
       </c>
       <c r="C170" t="s">
-        <v>9</v>
+        <v>513</v>
       </c>
       <c r="D170" t="s">
-        <v>461</v>
+        <v>514</v>
       </c>
       <c r="E170"/>
     </row>
     <row r="171" spans="1:15">
       <c r="A171" t="s">
-        <v>494</v>
+        <v>515</v>
       </c>
       <c r="B171" t="s">
-        <v>495</v>
+        <v>516</v>
       </c>
       <c r="C171" t="s">
-        <v>496</v>
+        <v>45</v>
       </c>
       <c r="D171" t="s">
-        <v>464</v>
+        <v>517</v>
       </c>
       <c r="E171"/>
     </row>
     <row r="172" spans="1:15">
       <c r="A172" t="s">
-        <v>497</v>
+        <v>518</v>
       </c>
       <c r="B172" t="s">
-        <v>498</v>
+        <v>519</v>
       </c>
       <c r="C172" t="s">
-        <v>129</v>
+        <v>520</v>
       </c>
       <c r="D172" t="s">
-        <v>464</v>
+        <v>521</v>
       </c>
       <c r="E172"/>
     </row>
     <row r="173" spans="1:15">
       <c r="A173" t="s">
-        <v>499</v>
+        <v>522</v>
       </c>
       <c r="B173" t="s">
-        <v>500</v>
+        <v>523</v>
       </c>
       <c r="C173" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="D173" t="s">
-        <v>461</v>
+        <v>524</v>
       </c>
       <c r="E173"/>
     </row>
     <row r="174" spans="1:15">
       <c r="A174" t="s">
-        <v>501</v>
+        <v>525</v>
       </c>
       <c r="B174" t="s">
-        <v>502</v>
+        <v>526</v>
       </c>
       <c r="C174" t="s">
-        <v>361</v>
+        <v>29</v>
       </c>
       <c r="D174" t="s">
-        <v>464</v>
+        <v>53</v>
       </c>
       <c r="E174"/>
     </row>
     <row r="175" spans="1:15">
       <c r="A175" t="s">
-        <v>503</v>
+        <v>527</v>
       </c>
       <c r="B175" t="s">
-        <v>504</v>
+        <v>528</v>
       </c>
       <c r="C175" t="s">
-        <v>214</v>
+        <v>37</v>
       </c>
       <c r="D175" t="s">
-        <v>505</v>
+        <v>114</v>
       </c>
       <c r="E175"/>
     </row>
     <row r="176" spans="1:15">
       <c r="A176" t="s">
-        <v>506</v>
+        <v>529</v>
       </c>
       <c r="B176" t="s">
-        <v>507</v>
+        <v>530</v>
       </c>
       <c r="C176" t="s">
-        <v>508</v>
+        <v>103</v>
       </c>
       <c r="D176" t="s">
-        <v>433</v>
+        <v>531</v>
       </c>
       <c r="E176"/>
     </row>
     <row r="177" spans="1:15">
       <c r="A177" t="s">
-        <v>509</v>
+        <v>532</v>
       </c>
       <c r="B177" t="s">
-        <v>510</v>
+        <v>533</v>
       </c>
       <c r="C177" t="s">
-        <v>511</v>
+        <v>29</v>
       </c>
       <c r="D177" t="s">
-        <v>433</v>
+        <v>534</v>
       </c>
       <c r="E177"/>
     </row>
     <row r="178" spans="1:15">
       <c r="A178" t="s">
-        <v>512</v>
+        <v>535</v>
       </c>
       <c r="B178" t="s">
-        <v>513</v>
+        <v>536</v>
       </c>
       <c r="C178" t="s">
-        <v>508</v>
+        <v>33</v>
       </c>
       <c r="D178" t="s">
-        <v>433</v>
+        <v>537</v>
       </c>
       <c r="E178"/>
     </row>
     <row r="179" spans="1:15">
       <c r="A179" t="s">
-        <v>514</v>
+        <v>538</v>
       </c>
       <c r="B179" t="s">
-        <v>515</v>
+        <v>539</v>
       </c>
       <c r="C179" t="s">
-        <v>232</v>
+        <v>52</v>
       </c>
       <c r="D179" t="s">
-        <v>516</v>
+        <v>540</v>
       </c>
       <c r="E179"/>
     </row>
     <row r="180" spans="1:15">
       <c r="A180" t="s">
-        <v>517</v>
+        <v>541</v>
       </c>
       <c r="B180" t="s">
-        <v>518</v>
+        <v>542</v>
       </c>
       <c r="C180" t="s">
-        <v>487</v>
+        <v>52</v>
       </c>
       <c r="D180" t="s">
-        <v>422</v>
+        <v>543</v>
       </c>
       <c r="E180"/>
     </row>
     <row r="181" spans="1:15">
       <c r="A181" t="s">
-        <v>519</v>
+        <v>544</v>
       </c>
       <c r="B181" t="s">
-        <v>520</v>
+        <v>545</v>
       </c>
       <c r="C181" t="s">
-        <v>9</v>
+        <v>83</v>
       </c>
       <c r="D181" t="s">
-        <v>347</v>
+        <v>546</v>
       </c>
       <c r="E181"/>
     </row>
     <row r="182" spans="1:15">
       <c r="A182" t="s">
-        <v>521</v>
+        <v>547</v>
       </c>
       <c r="B182" t="s">
-        <v>522</v>
+        <v>548</v>
       </c>
       <c r="C182" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="D182" t="s">
-        <v>523</v>
+        <v>549</v>
       </c>
       <c r="E182"/>
     </row>
     <row r="183" spans="1:15">
       <c r="A183" t="s">
-        <v>524</v>
+        <v>550</v>
       </c>
       <c r="B183" t="s">
-        <v>525</v>
+        <v>551</v>
       </c>
       <c r="C183" t="s">
-        <v>132</v>
+        <v>9</v>
       </c>
       <c r="D183" t="s">
-        <v>526</v>
+        <v>552</v>
       </c>
       <c r="E183"/>
     </row>
     <row r="184" spans="1:15">
       <c r="A184" t="s">
-        <v>527</v>
+        <v>553</v>
       </c>
       <c r="B184" t="s">
-        <v>528</v>
+        <v>554</v>
       </c>
       <c r="C184" t="s">
-        <v>89</v>
+        <v>145</v>
       </c>
       <c r="D184" t="s">
-        <v>529</v>
+        <v>280</v>
       </c>
       <c r="E184"/>
     </row>
     <row r="185" spans="1:15">
       <c r="A185" t="s">
-        <v>530</v>
+        <v>555</v>
       </c>
       <c r="B185" t="s">
-        <v>531</v>
+        <v>556</v>
       </c>
       <c r="C185" t="s">
-        <v>132</v>
+        <v>25</v>
       </c>
       <c r="D185" t="s">
-        <v>532</v>
+        <v>263</v>
       </c>
       <c r="E185"/>
     </row>
     <row r="186" spans="1:15">
       <c r="A186" t="s">
-        <v>533</v>
+        <v>557</v>
       </c>
       <c r="B186" t="s">
-        <v>534</v>
+        <v>558</v>
       </c>
       <c r="C186" t="s">
-        <v>214</v>
+        <v>52</v>
       </c>
       <c r="D186" t="s">
-        <v>535</v>
+        <v>559</v>
       </c>
       <c r="E186"/>
     </row>
     <row r="187" spans="1:15">
       <c r="A187" t="s">
-        <v>536</v>
+        <v>560</v>
       </c>
       <c r="B187" t="s">
-        <v>537</v>
+        <v>561</v>
       </c>
       <c r="C187" t="s">
-        <v>125</v>
+        <v>503</v>
       </c>
       <c r="D187" t="s">
-        <v>532</v>
+        <v>317</v>
       </c>
       <c r="E187"/>
     </row>
     <row r="188" spans="1:15">
       <c r="A188" t="s">
-        <v>538</v>
+        <v>562</v>
       </c>
       <c r="B188" t="s">
-        <v>539</v>
+        <v>563</v>
       </c>
       <c r="C188" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="D188" t="s">
-        <v>535</v>
+        <v>564</v>
       </c>
       <c r="E188"/>
     </row>
     <row r="189" spans="1:15">
       <c r="A189" t="s">
-        <v>540</v>
+        <v>565</v>
       </c>
       <c r="B189" t="s">
-        <v>541</v>
+        <v>566</v>
       </c>
       <c r="C189" t="s">
-        <v>214</v>
+        <v>33</v>
       </c>
       <c r="D189" t="s">
-        <v>542</v>
+        <v>567</v>
       </c>
       <c r="E189"/>
     </row>
     <row r="190" spans="1:15">
       <c r="A190" t="s">
-        <v>543</v>
+        <v>568</v>
       </c>
       <c r="B190" t="s">
-        <v>544</v>
+        <v>569</v>
       </c>
       <c r="C190" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="D190" t="s">
-        <v>545</v>
+        <v>510</v>
       </c>
       <c r="E190"/>
     </row>
     <row r="191" spans="1:15">
       <c r="A191" t="s">
-        <v>546</v>
+        <v>570</v>
       </c>
       <c r="B191" t="s">
-        <v>547</v>
+        <v>571</v>
       </c>
       <c r="C191" t="s">
-        <v>37</v>
+        <v>503</v>
       </c>
       <c r="D191" t="s">
-        <v>548</v>
+        <v>572</v>
       </c>
       <c r="E191"/>
     </row>
     <row r="192" spans="1:15">
       <c r="A192" t="s">
-        <v>549</v>
+        <v>573</v>
       </c>
       <c r="B192" t="s">
-        <v>550</v>
+        <v>574</v>
       </c>
       <c r="C192" t="s">
-        <v>132</v>
+        <v>29</v>
       </c>
       <c r="D192" t="s">
-        <v>545</v>
+        <v>87</v>
       </c>
       <c r="E192"/>
     </row>
     <row r="193" spans="1:15">
       <c r="A193" t="s">
-        <v>551</v>
+        <v>575</v>
       </c>
       <c r="B193" t="s">
-        <v>552</v>
+        <v>576</v>
       </c>
       <c r="C193" t="s">
-        <v>37</v>
+        <v>363</v>
       </c>
       <c r="D193" t="s">
-        <v>548</v>
+        <v>577</v>
       </c>
       <c r="E193"/>
     </row>
     <row r="194" spans="1:15">
       <c r="A194" t="s">
-        <v>553</v>
+        <v>578</v>
       </c>
       <c r="B194" t="s">
-        <v>554</v>
+        <v>579</v>
       </c>
       <c r="C194" t="s">
-        <v>41</v>
+        <v>580</v>
       </c>
       <c r="D194" t="s">
-        <v>532</v>
+        <v>581</v>
       </c>
       <c r="E194"/>
     </row>
     <row r="195" spans="1:15">
       <c r="A195" t="s">
-        <v>555</v>
+        <v>582</v>
       </c>
       <c r="B195" t="s">
-        <v>556</v>
+        <v>583</v>
       </c>
       <c r="C195" t="s">
-        <v>57</v>
+        <v>376</v>
       </c>
       <c r="D195" t="s">
-        <v>535</v>
+        <v>584</v>
       </c>
       <c r="E195"/>
     </row>
     <row r="196" spans="1:15">
       <c r="A196" t="s">
-        <v>557</v>
+        <v>585</v>
       </c>
       <c r="B196" t="s">
-        <v>558</v>
+        <v>586</v>
       </c>
       <c r="C196" t="s">
-        <v>132</v>
+        <v>9</v>
       </c>
       <c r="D196" t="s">
-        <v>532</v>
+        <v>587</v>
       </c>
       <c r="E196"/>
     </row>
     <row r="197" spans="1:15">
       <c r="A197" t="s">
-        <v>559</v>
+        <v>588</v>
       </c>
       <c r="B197" t="s">
-        <v>560</v>
+        <v>589</v>
       </c>
       <c r="C197" t="s">
-        <v>89</v>
+        <v>52</v>
       </c>
       <c r="D197" t="s">
-        <v>535</v>
+        <v>581</v>
       </c>
       <c r="E197"/>
     </row>
     <row r="198" spans="1:15">
       <c r="A198" t="s">
-        <v>561</v>
+        <v>590</v>
       </c>
       <c r="B198" t="s">
-        <v>562</v>
+        <v>591</v>
       </c>
       <c r="C198" t="s">
-        <v>41</v>
+        <v>165</v>
       </c>
       <c r="D198" t="s">
-        <v>532</v>
+        <v>592</v>
       </c>
       <c r="E198"/>
     </row>
     <row r="199" spans="1:15">
       <c r="A199" t="s">
-        <v>563</v>
+        <v>593</v>
       </c>
       <c r="B199" t="s">
-        <v>564</v>
+        <v>594</v>
       </c>
       <c r="C199" t="s">
-        <v>29</v>
+        <v>419</v>
       </c>
       <c r="D199" t="s">
-        <v>535</v>
+        <v>584</v>
       </c>
       <c r="E199"/>
     </row>
     <row r="200" spans="1:15">
       <c r="A200" t="s">
-        <v>565</v>
+        <v>595</v>
       </c>
       <c r="B200" t="s">
-        <v>566</v>
+        <v>596</v>
       </c>
       <c r="C200" t="s">
-        <v>452</v>
+        <v>17</v>
       </c>
       <c r="D200" t="s">
-        <v>176</v>
+        <v>597</v>
       </c>
       <c r="E200"/>
     </row>
     <row r="201" spans="1:15">
       <c r="A201" t="s">
-        <v>567</v>
+        <v>598</v>
       </c>
       <c r="B201" t="s">
-        <v>568</v>
+        <v>599</v>
       </c>
       <c r="C201" t="s">
-        <v>214</v>
+        <v>37</v>
       </c>
       <c r="D201" t="s">
-        <v>569</v>
+        <v>600</v>
       </c>
       <c r="E201"/>
     </row>
     <row r="202" spans="1:15">
       <c r="A202" t="s">
-        <v>570</v>
+        <v>601</v>
       </c>
       <c r="B202" t="s">
-        <v>571</v>
+        <v>602</v>
       </c>
       <c r="C202" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="D202" t="s">
-        <v>572</v>
+        <v>603</v>
       </c>
       <c r="E202"/>
     </row>
     <row r="203" spans="1:15">
       <c r="A203" t="s">
-        <v>573</v>
+        <v>604</v>
       </c>
       <c r="B203" t="s">
-        <v>574</v>
+        <v>605</v>
       </c>
       <c r="C203" t="s">
-        <v>575</v>
+        <v>17</v>
       </c>
       <c r="D203" t="s">
-        <v>576</v>
+        <v>606</v>
       </c>
       <c r="E203"/>
     </row>
     <row r="204" spans="1:15">
       <c r="A204" t="s">
-        <v>577</v>
+        <v>607</v>
       </c>
       <c r="B204" t="s">
-        <v>578</v>
+        <v>608</v>
       </c>
       <c r="C204" t="s">
-        <v>37</v>
+        <v>165</v>
       </c>
       <c r="D204" t="s">
-        <v>579</v>
+        <v>609</v>
       </c>
       <c r="E204"/>
     </row>
     <row r="205" spans="1:15">
       <c r="A205" t="s">
-        <v>580</v>
+        <v>610</v>
       </c>
       <c r="B205" t="s">
-        <v>581</v>
+        <v>611</v>
       </c>
       <c r="C205" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D205" t="s">
-        <v>582</v>
+        <v>90</v>
       </c>
       <c r="E205"/>
     </row>
     <row r="206" spans="1:15">
       <c r="A206" t="s">
-        <v>583</v>
+        <v>612</v>
       </c>
       <c r="B206" t="s">
-        <v>584</v>
+        <v>613</v>
       </c>
       <c r="C206" t="s">
-        <v>53</v>
+        <v>86</v>
       </c>
       <c r="D206" t="s">
-        <v>585</v>
+        <v>156</v>
       </c>
       <c r="E206"/>
     </row>
     <row r="207" spans="1:15">
       <c r="A207" t="s">
-        <v>586</v>
+        <v>614</v>
       </c>
       <c r="B207" t="s">
-        <v>587</v>
+        <v>615</v>
       </c>
       <c r="C207" t="s">
-        <v>17</v>
+        <v>513</v>
       </c>
       <c r="D207" t="s">
-        <v>588</v>
+        <v>616</v>
       </c>
       <c r="E207"/>
     </row>
     <row r="208" spans="1:15">
       <c r="A208" t="s">
-        <v>589</v>
+        <v>617</v>
       </c>
       <c r="B208" t="s">
-        <v>590</v>
+        <v>618</v>
       </c>
       <c r="C208" t="s">
-        <v>49</v>
+        <v>96</v>
       </c>
       <c r="D208" t="s">
-        <v>591</v>
+        <v>263</v>
       </c>
       <c r="E208"/>
     </row>
     <row r="209" spans="1:15">
       <c r="A209" t="s">
-        <v>592</v>
+        <v>619</v>
       </c>
       <c r="B209" t="s">
-        <v>593</v>
+        <v>620</v>
       </c>
       <c r="C209" t="s">
-        <v>125</v>
+        <v>83</v>
       </c>
       <c r="D209" t="s">
-        <v>594</v>
+        <v>559</v>
       </c>
       <c r="E209"/>
     </row>
     <row r="210" spans="1:15">
       <c r="A210" t="s">
-        <v>595</v>
+        <v>621</v>
       </c>
       <c r="B210" t="s">
-        <v>596</v>
+        <v>622</v>
       </c>
       <c r="C210" t="s">
-        <v>132</v>
+        <v>83</v>
       </c>
       <c r="D210" t="s">
-        <v>597</v>
+        <v>623</v>
       </c>
       <c r="E210"/>
     </row>
     <row r="211" spans="1:15">
       <c r="A211" t="s">
-        <v>598</v>
+        <v>624</v>
       </c>
       <c r="B211" t="s">
-        <v>599</v>
+        <v>625</v>
       </c>
       <c r="C211" t="s">
-        <v>600</v>
+        <v>29</v>
       </c>
       <c r="D211" t="s">
-        <v>422</v>
+        <v>626</v>
       </c>
       <c r="E211"/>
     </row>
     <row r="212" spans="1:15">
       <c r="A212" t="s">
-        <v>601</v>
+        <v>627</v>
       </c>
       <c r="B212" t="s">
-        <v>602</v>
+        <v>628</v>
       </c>
       <c r="C212" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="D212" t="s">
-        <v>603</v>
+        <v>629</v>
       </c>
       <c r="E212"/>
     </row>
     <row r="213" spans="1:15">
       <c r="A213" t="s">
-        <v>604</v>
+        <v>630</v>
       </c>
       <c r="B213" t="s">
-        <v>605</v>
+        <v>631</v>
       </c>
       <c r="C213" t="s">
-        <v>606</v>
+        <v>29</v>
       </c>
       <c r="D213" t="s">
-        <v>607</v>
+        <v>626</v>
       </c>
       <c r="E213"/>
     </row>
     <row r="214" spans="1:15">
       <c r="A214" t="s">
-        <v>608</v>
+        <v>632</v>
       </c>
       <c r="B214" t="s">
-        <v>609</v>
+        <v>633</v>
       </c>
       <c r="C214" t="s">
-        <v>57</v>
+        <v>96</v>
       </c>
       <c r="D214" t="s">
-        <v>610</v>
+        <v>629</v>
       </c>
       <c r="E214"/>
     </row>
     <row r="215" spans="1:15">
       <c r="A215" t="s">
-        <v>611</v>
+        <v>634</v>
       </c>
       <c r="B215" t="s">
-        <v>612</v>
+        <v>635</v>
       </c>
       <c r="C215" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="D215" t="s">
-        <v>613</v>
+        <v>626</v>
       </c>
       <c r="E215"/>
     </row>
     <row r="216" spans="1:15">
       <c r="A216" t="s">
-        <v>614</v>
+        <v>636</v>
       </c>
       <c r="B216" t="s">
-        <v>615</v>
+        <v>637</v>
       </c>
       <c r="C216" t="s">
-        <v>368</v>
+        <v>33</v>
       </c>
       <c r="D216" t="s">
-        <v>616</v>
+        <v>629</v>
       </c>
       <c r="E216"/>
     </row>
     <row r="217" spans="1:15">
       <c r="A217" t="s">
-        <v>617</v>
+        <v>638</v>
       </c>
       <c r="B217" t="s">
-        <v>618</v>
+        <v>639</v>
       </c>
       <c r="C217" t="s">
-        <v>368</v>
+        <v>29</v>
       </c>
       <c r="D217" t="s">
-        <v>619</v>
+        <v>626</v>
       </c>
       <c r="E217"/>
     </row>
     <row r="218" spans="1:15">
       <c r="A218" t="s">
-        <v>620</v>
+        <v>640</v>
       </c>
       <c r="B218" t="s">
-        <v>621</v>
+        <v>641</v>
       </c>
       <c r="C218" t="s">
-        <v>53</v>
+        <v>83</v>
       </c>
       <c r="D218" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="E218"/>
     </row>
     <row r="219" spans="1:15">
       <c r="A219" t="s">
-        <v>623</v>
+        <v>642</v>
       </c>
       <c r="B219" t="s">
-        <v>624</v>
+        <v>643</v>
       </c>
       <c r="C219" t="s">
-        <v>625</v>
+        <v>131</v>
       </c>
       <c r="D219" t="s">
-        <v>224</v>
+        <v>644</v>
       </c>
       <c r="E219"/>
     </row>
     <row r="220" spans="1:15">
       <c r="A220" t="s">
-        <v>626</v>
+        <v>645</v>
       </c>
       <c r="B220" t="s">
-        <v>627</v>
+        <v>646</v>
       </c>
       <c r="C220" t="s">
-        <v>628</v>
+        <v>33</v>
       </c>
       <c r="D220" t="s">
-        <v>629</v>
+        <v>647</v>
       </c>
       <c r="E220"/>
     </row>
     <row r="221" spans="1:15">
       <c r="A221" t="s">
-        <v>630</v>
+        <v>648</v>
       </c>
       <c r="B221" t="s">
-        <v>631</v>
+        <v>649</v>
       </c>
       <c r="C221" t="s">
-        <v>323</v>
+        <v>37</v>
       </c>
       <c r="D221" t="s">
-        <v>632</v>
+        <v>650</v>
       </c>
       <c r="E221"/>
     </row>
     <row r="222" spans="1:15">
       <c r="A222" t="s">
-        <v>633</v>
+        <v>651</v>
       </c>
       <c r="B222" t="s">
-        <v>634</v>
+        <v>652</v>
       </c>
       <c r="C222" t="s">
-        <v>635</v>
+        <v>653</v>
       </c>
       <c r="D222" t="s">
-        <v>636</v>
+        <v>654</v>
       </c>
       <c r="E222"/>
     </row>
     <row r="223" spans="1:15">
       <c r="A223" t="s">
-        <v>637</v>
+        <v>655</v>
       </c>
       <c r="B223" t="s">
-        <v>638</v>
+        <v>656</v>
       </c>
       <c r="C223" t="s">
         <v>29</v>
       </c>
       <c r="D223" t="s">
-        <v>639</v>
+        <v>657</v>
       </c>
       <c r="E223"/>
     </row>
     <row r="224" spans="1:15">
       <c r="A224" t="s">
-        <v>640</v>
+        <v>658</v>
       </c>
       <c r="B224" t="s">
-        <v>641</v>
+        <v>659</v>
       </c>
       <c r="C224" t="s">
-        <v>17</v>
+        <v>660</v>
       </c>
       <c r="D224" t="s">
-        <v>642</v>
+        <v>661</v>
       </c>
       <c r="E224"/>
     </row>
     <row r="225" spans="1:15">
       <c r="A225" t="s">
-        <v>643</v>
+        <v>662</v>
       </c>
       <c r="B225" t="s">
-        <v>644</v>
+        <v>663</v>
       </c>
       <c r="C225" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="D225" t="s">
-        <v>645</v>
+        <v>664</v>
       </c>
       <c r="E225"/>
     </row>
     <row r="226" spans="1:15">
       <c r="A226" t="s">
-        <v>646</v>
+        <v>665</v>
       </c>
       <c r="B226" t="s">
-        <v>647</v>
+        <v>666</v>
       </c>
       <c r="C226" t="s">
-        <v>125</v>
+        <v>660</v>
       </c>
       <c r="D226" t="s">
-        <v>648</v>
+        <v>667</v>
       </c>
       <c r="E226"/>
     </row>
     <row r="227" spans="1:15">
       <c r="A227" t="s">
-        <v>649</v>
+        <v>668</v>
       </c>
       <c r="B227" t="s">
-        <v>650</v>
+        <v>669</v>
       </c>
       <c r="C227" t="s">
-        <v>361</v>
+        <v>670</v>
       </c>
       <c r="D227" t="s">
-        <v>70</v>
+        <v>671</v>
       </c>
       <c r="E227"/>
     </row>
     <row r="228" spans="1:15">
       <c r="A228" t="s">
-        <v>651</v>
+        <v>672</v>
       </c>
       <c r="B228" t="s">
-        <v>652</v>
+        <v>673</v>
       </c>
       <c r="C228" t="s">
-        <v>129</v>
+        <v>674</v>
       </c>
       <c r="D228" t="s">
-        <v>140</v>
+        <v>675</v>
       </c>
       <c r="E228"/>
     </row>
     <row r="229" spans="1:15">
       <c r="A229" t="s">
-        <v>653</v>
+        <v>676</v>
       </c>
       <c r="B229" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="C229" t="s">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="D229" t="s">
-        <v>143</v>
+        <v>337</v>
       </c>
       <c r="E229"/>
     </row>
     <row r="230" spans="1:15">
       <c r="A230" t="s">
-        <v>655</v>
+        <v>678</v>
       </c>
       <c r="B230" t="s">
-        <v>656</v>
+        <v>679</v>
       </c>
       <c r="C230" t="s">
-        <v>125</v>
+        <v>25</v>
       </c>
       <c r="D230" t="s">
-        <v>657</v>
+        <v>680</v>
       </c>
       <c r="E230"/>
     </row>
     <row r="231" spans="1:15">
       <c r="A231" t="s">
-        <v>658</v>
+        <v>681</v>
       </c>
       <c r="B231" t="s">
-        <v>659</v>
+        <v>682</v>
       </c>
       <c r="C231" t="s">
-        <v>89</v>
+        <v>52</v>
       </c>
       <c r="D231" t="s">
-        <v>660</v>
+        <v>683</v>
       </c>
       <c r="E231"/>
     </row>
     <row r="232" spans="1:15">
       <c r="A232" t="s">
-        <v>661</v>
+        <v>684</v>
       </c>
       <c r="B232" t="s">
-        <v>662</v>
+        <v>685</v>
       </c>
       <c r="C232" t="s">
-        <v>125</v>
+        <v>33</v>
       </c>
       <c r="D232" t="s">
-        <v>160</v>
+        <v>686</v>
       </c>
       <c r="E232"/>
     </row>
     <row r="233" spans="1:15">
       <c r="A233" t="s">
-        <v>663</v>
+        <v>687</v>
       </c>
       <c r="B233" t="s">
-        <v>664</v>
+        <v>688</v>
       </c>
       <c r="C233" t="s">
-        <v>132</v>
+        <v>17</v>
       </c>
       <c r="D233" t="s">
-        <v>665</v>
+        <v>274</v>
       </c>
       <c r="E233"/>
     </row>
     <row r="234" spans="1:15">
       <c r="A234" t="s">
-        <v>666</v>
+        <v>689</v>
       </c>
       <c r="B234" t="s">
-        <v>667</v>
+        <v>690</v>
       </c>
       <c r="C234" t="s">
-        <v>214</v>
+        <v>45</v>
       </c>
       <c r="D234" t="s">
-        <v>668</v>
+        <v>185</v>
       </c>
       <c r="E234"/>
     </row>
     <row r="235" spans="1:15">
       <c r="A235" t="s">
-        <v>669</v>
+        <v>691</v>
       </c>
       <c r="B235" t="s">
-        <v>670</v>
+        <v>692</v>
       </c>
       <c r="C235" t="s">
-        <v>132</v>
+        <v>29</v>
       </c>
       <c r="D235" t="s">
-        <v>671</v>
+        <v>93</v>
       </c>
       <c r="E235"/>
     </row>
     <row r="236" spans="1:15">
       <c r="A236" t="s">
-        <v>672</v>
+        <v>693</v>
       </c>
       <c r="B236" t="s">
-        <v>673</v>
+        <v>694</v>
       </c>
       <c r="C236" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="D236" t="s">
-        <v>674</v>
+        <v>695</v>
       </c>
       <c r="E236"/>
     </row>
     <row r="237" spans="1:15">
       <c r="A237" t="s">
-        <v>675</v>
+        <v>696</v>
       </c>
       <c r="B237" t="s">
-        <v>676</v>
+        <v>697</v>
       </c>
       <c r="C237" t="s">
-        <v>214</v>
+        <v>131</v>
       </c>
       <c r="D237" t="s">
-        <v>677</v>
+        <v>53</v>
       </c>
       <c r="E237"/>
     </row>
     <row r="238" spans="1:15">
       <c r="A238" t="s">
-        <v>678</v>
+        <v>698</v>
       </c>
       <c r="B238" t="s">
-        <v>679</v>
+        <v>699</v>
       </c>
       <c r="C238" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="D238" t="s">
-        <v>680</v>
+        <v>700</v>
       </c>
       <c r="E238"/>
     </row>
     <row r="239" spans="1:15">
       <c r="A239" t="s">
-        <v>681</v>
+        <v>701</v>
       </c>
       <c r="B239" t="s">
-        <v>682</v>
+        <v>702</v>
       </c>
       <c r="C239" t="s">
-        <v>125</v>
+        <v>52</v>
       </c>
       <c r="D239" t="s">
-        <v>683</v>
+        <v>114</v>
       </c>
       <c r="E239"/>
-    </row>
-[...1348 lines deleted...]
-      <c r="E329"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.35" right="0.35" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter>&amp;L&amp;Bdelicando ShopOnly&amp;RSeite/Page &amp;P of &amp;N</oddFooter>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">